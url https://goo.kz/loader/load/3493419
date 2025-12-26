--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,8130 +1,9608 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="11C38AB3" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="6CC990AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының</w:t>
+        <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  жалпы орта білім беру мектебі» КММ  </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15ACB59E" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00BA5BC7" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="5F30FDED" w14:textId="3C802A83" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқытатын</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="0097731A" w:rsidRPr="0097731A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>учителя английского языка с русским языком обучения</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10440" w:type="dxa"/>
-        <w:tblInd w:w="-432" w:type="dxa"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="432"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="437"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00483216" w:rsidRPr="00483216" w14:paraId="1FC88F15" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="012376F5" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:wAfter w:w="437" w:type="dxa"/>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="55AF219A" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00483216" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="758A61D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3AA900AA" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00483216" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D8286E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="008B4CEF" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00483216" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7793EE22" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t>, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Камзин  көшесі, 346</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w14:paraId="15FB9080" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1F459DC2" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6C25E9D9" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="489737FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="05892624" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4C04CE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="7988F3BD" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B614FF8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00407673" w14:paraId="79DA0E25" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="3F1E24D6" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6EE33545" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC1EBF3" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="1D7F8FCE" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4685A643" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10484224" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635CEC">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>Электрондық</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:u w:val="single"/>
-[...12 lines deleted...]
-              <w:t> sosh21@goo.edu.kz</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00E528B1" w14:paraId="7BC4153B" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="7B65F3AA" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3D5D89D1" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="027803B5" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="487CF1D0" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5132E1B0" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2808F9DA" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00E528B1" w14:paraId="4068DCEF" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="32D9247E" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C6F7258" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1141A7F0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="4A8261D3" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED45A50" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...449 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EADF692" w14:textId="1E0505B2" w:rsidR="00661D74" w:rsidRPr="00B8024F" w:rsidRDefault="0097731A" w:rsidP="00BD4594">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0097731A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>     </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя английского языка с русским языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidR="00D57216" w:rsidRPr="00B8024F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6DFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5C52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B8024F" w:rsidRPr="00B8024F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r w:rsidR="003424AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00E528B1" w14:paraId="1AC5B02C" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="45B85DE7" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="11F0970B" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4F59CD5D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="55DF28C8" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43284F96" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C820F6C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обуч</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24968B96" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E75BBF4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="223CBE1D" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF72DBA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A204FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA68EF6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33C77BE3" w14:textId="2D919029" w:rsidR="00661D74" w:rsidRPr="00C356D6" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3D6F" w:rsidRPr="00AE3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>68036</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E88B82" w14:textId="723E17E7" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="6D2C6BCD" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>207515</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="4A3A3789" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5627BE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5C308DEF" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="773F6941" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56B5DC85" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D9C88A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52EF1107" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="386D0A8B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="640C07C5" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36714FB9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="340C3497" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="534A4A2A" w14:textId="6808077B" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00CC52CF" w:rsidP="00A81D9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="4DC1EA68" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+              <w:t>03.08-11.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="2CE5E190" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C92FA97" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="234A76CB" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA44D84" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="533EB8EA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2848BB81" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="094E1D2E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C234F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7976DDF7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="602E3EB2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69281724" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BA5BC7">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> сағат </w:t>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="420CB02C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCF57A1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C61BEE9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w14:paraId="52D7D748" w14:textId="77777777" w:rsidTr="00836E44">
-[...12 lines deleted...]
-          <w:p w14:paraId="2D0449D9" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+      <w:tr w:rsidR="00CC52CF" w:rsidRPr="00B3089F" w14:paraId="7B58DBA8" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC0B75" w14:textId="259E15D5" w:rsidR="00CC52CF" w:rsidRPr="004D07D1" w:rsidRDefault="00CC52CF" w:rsidP="00CC52CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="1891D6B6" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB06BD5" w14:textId="3CB843FA" w:rsidR="00CC52CF" w:rsidRPr="00B3089F" w:rsidRDefault="00CC52CF" w:rsidP="00CC52CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7725AC88" w14:textId="79469285" w:rsidR="00CC52CF" w:rsidRPr="00CC52CF" w:rsidRDefault="00CC52CF" w:rsidP="00CC52CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...79 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00E528B1" w14:paraId="7DE8C891" w14:textId="77777777" w:rsidTr="00836E44">
-[...1108 lines deleted...]
-      <w:tr w:rsidR="00483216" w:rsidRPr="00635CEC" w14:paraId="5CE644BB" w14:textId="77777777" w:rsidTr="00836E44">
+    </w:tbl>
+    <w:p w14:paraId="0A0B20E4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="5B51D5A6" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5401" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1160BF9A" w14:textId="77777777" w:rsidR="00483216" w:rsidRDefault="00483216" w:rsidP="00483216">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F97A8E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...56 lines deleted...]
-          <w:p w14:paraId="1278B4BA" w14:textId="77777777" w:rsidR="00483216" w:rsidRPr="00635CEC" w:rsidRDefault="00483216" w:rsidP="00483216">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DF8E79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="3BB9FF24" w14:textId="77777777" w:rsidR="00483216" w:rsidRPr="00635CEC" w:rsidRDefault="00483216" w:rsidP="00483216">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63699F95" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="697DCB10" w14:textId="77777777" w:rsidR="00483216" w:rsidRPr="00635CEC" w:rsidRDefault="00483216" w:rsidP="00483216">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="661BF8FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="19E40D7D" w14:textId="77777777" w:rsidR="00483216" w:rsidRPr="00635CEC" w:rsidRDefault="00483216" w:rsidP="00483216">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A2BBDED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B2219E4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46483624" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08E7AF5A" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="6D7E2196" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ADB60FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D24C085" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FA9CC3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3B3EB503" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="6A5CB4C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB2F919" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="01907BF5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400B1916" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="1EF01FED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04CE3524" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="7D058A3B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D958E0" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00642E67" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="5894FB8C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668300B3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABEC0DF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E338F6C" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="12FA0FCB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B11FA6E" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="1E3C9DFD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1685B214" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220D6177" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7660CE8B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE0B329" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4BC0F96B" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00642E67" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="19463817" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E27823" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452D6532" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
-[...159 lines deleted...]
-    <w:p w14:paraId="264B9E25" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="4C27AFE1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DFEB268" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="29932A6C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0F05C3" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="0DCF495A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2E5CFCB5" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="643DCC8C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405770C3" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="31DD024F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758DCDD7" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="06AE5650" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C1EAB9D" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="6931E4B8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAA7F47" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="3A2066BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2115"/>
+        <w:gridCol w:w="2924"/>
+        <w:gridCol w:w="2154"/>
+        <w:gridCol w:w="2724"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w14:paraId="0E863AC5" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="6426A1C5" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE18714" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+          <w:p w14:paraId="0812898D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="6908049F" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A33A9BC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="73A6396D" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B035E06" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4AF5F97E" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3AE606" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="59712A04" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D971F7C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="599FD7CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w14:paraId="4456430E" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="0B4CE87B" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8944D3" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3918FBA7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7AFD87" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5CDEF0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E16E2F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C574953" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="207F5D46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BA4DBCD" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="512A0ECF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>Біліктілік санатының болуы (берген (растаған) күні):_____________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9141D4" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="558706DF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381F7387" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="259753AF" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="299FC5B4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3972292E" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="7170650D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...23 lines deleted...]
-        <w:t>:_____________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA2A3EC" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="7FE19BAE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...49 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5977893F" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="0D1E5B13" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D9211C" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="60989AED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D8063C" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="597C6AAF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F742E8B" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="1515ADB1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="572A8959" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="7BB52B46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E4091B" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="704A23AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="683E0841" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="67477871" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECF8F57" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="3BE463BD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6BBABB65" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="43D31796" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B3F3C5" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
-[...8 lines deleted...]
-    <w:p w14:paraId="139BC3EE" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="143CABBD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769527C1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53231CDC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0517069B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F652440" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="462C9114" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C68056" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7836356F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
-[...26 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w14:paraId="53878519" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="5638917A" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59B84293" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+          <w:p w14:paraId="52ACED7E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00635CEC">
-[...8 lines deleted...]
-          <w:p w14:paraId="0CDED553" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+          </w:p>
+          <w:p w14:paraId="4F1FD284" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5BAA9569" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DBE055" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="3A32C931" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1839D035" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="495D33CB" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CF544FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1798C82B" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68647F8A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="5B43CFCB" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="727DC50B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DFD371F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1109EE92" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="5331E0C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45120C63" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="3B88AB2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...142 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60721864" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
-[...92 lines deleted...]
-    <w:p w14:paraId="141E99C9" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="051BAD60" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D6EF0E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w14:paraId="594ECF03" w14:textId="77777777" w:rsidTr="00836E44">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3504D79F" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="74FE653F" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00836E44">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9DA1E2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="235844FA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5AF7A0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DA6F92" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF70198" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="79D78A1C" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15D0B978" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0367E7BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="443231E0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B02DA6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05D419E4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34F1F87A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D62016" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E99B592" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="7DB695C1" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDA5FD6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="409B84C3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2940F586" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C17D080" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78A68887" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D08E91" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06FA1D55" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4443F263" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="00DA6B09" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="609C0C7D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D980F85" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D9841AD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="451C53F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ACD83C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6944E505" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1312E389" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56AFB5C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DDD067B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="134E7434" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43CCA85C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D63B77A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="158285EF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B58E7A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CBBFCF6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42E4368B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480D4FC8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w14:paraId="41BA8AF7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C72015F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CAB529C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="438CEDE2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108ECE52" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518DE3C0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B670CEC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B67A136" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61A06889" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D73A64" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18E7FA61" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="167D0BDF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="563D1911" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00F77DB7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319E9578" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BD8FB15" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E25157B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FB5DE66" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F21AE97" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A33D841" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31FC2A21" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E8F8D9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="519F73E6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2E1AF0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CCC67F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68BD5574" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42844478" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="674376B3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222D9954" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A5FFF5C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FD45013" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F10D911" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74645E27" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="497CFD79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B14D5CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="495B51A5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5812EA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="25D5933F" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5648EB72" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="467D5094" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50890CBD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34BA99BC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A88A6D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD35C3A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1085F4D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0D9DEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B70D9E0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6363508C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7415F388" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="092C9F19" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE02AC5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="15447120" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D7E9CE6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D55E232" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72D36C4E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EEEBDD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDB5D1E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D902DF3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F3FAC67" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C5BF30" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2AD30079" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DB4A68C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16664578" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C83C2C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D3BF8F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77688938" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="006512FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4096789C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="679DC672" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="51BDC3E9" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC5DB80" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7082AA85" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD4953E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="796E5F22" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A44A5F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="569FF66E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3157CEF6" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78119556" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="559B0053" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36684233" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C07465" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A3E26AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5E8879" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA66AB0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="40D7FF4D" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10AB71DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C3BCB22" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3CEC9265" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AB90BA0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07FFD84A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D193637" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B41EA0B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ABC90D2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0CA68C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535E3607" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604B9D68" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE28A14" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="5773BD15" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="396A053D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3357CDF4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A84C67B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62BF4967" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F6FE3C3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62818688" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E12EF51" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2BB0DA1E" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E29B37C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70D76241" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11E13906" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="085553C1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7ACBE9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DED7759" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A0852AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C5852F2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1372EC2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ADB414E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="086527B4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="50E4A7F4" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3AAC6D71" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03EF58E7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10324906" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74281A02" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="417AACB9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A410190" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AE5A84F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6776C4F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526F8256" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE7FD14" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="04CA07F7" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0C249D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE5873B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...548 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...171 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2586 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6381C75C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="297165CB" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
+    <w:p w14:paraId="55A045A7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00D62329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E5AF2AF" w14:textId="77777777" w:rsidR="00BA5BC7" w:rsidRPr="00635CEC" w:rsidRDefault="00BA5BC7" w:rsidP="00BA5BC7">
-[...51 lines deleted...]
-    <w:sectPr w:rsidR="006A2279" w:rsidSect="00E01DB8">
+    <w:sectPr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="540" w:right="850" w:bottom="1134" w:left="900" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00620862"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00620862"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="00050A9A"/>
+    <w:rsid w:val="000F6ECB"/>
+    <w:rsid w:val="00201486"/>
+    <w:rsid w:val="00257C2F"/>
+    <w:rsid w:val="00270E08"/>
+    <w:rsid w:val="003424AF"/>
+    <w:rsid w:val="003A5C52"/>
+    <w:rsid w:val="005E4B0F"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="006A2279"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BA5BC7"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00797DFE"/>
+    <w:rsid w:val="007B5B47"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="0097731A"/>
+    <w:rsid w:val="00A81D9B"/>
+    <w:rsid w:val="00A93BE0"/>
+    <w:rsid w:val="00AD20C3"/>
+    <w:rsid w:val="00AE3D6F"/>
+    <w:rsid w:val="00AE6257"/>
+    <w:rsid w:val="00B8024F"/>
+    <w:rsid w:val="00BC1A18"/>
+    <w:rsid w:val="00BD4594"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00E479E8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F55523"/>
+    <w:rsid w:val="00CC52CF"/>
+    <w:rsid w:val="00D57216"/>
+    <w:rsid w:val="00D62329"/>
+    <w:rsid w:val="00E465EB"/>
+    <w:rsid w:val="00EC6DFA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71FFD951"/>
-  <w15:docId w15:val="{E7AE018B-2E3B-47A1-8244-11B10776032F}"/>
+  <w14:docId w14:val="0CD46D72"/>
+  <w15:docId w15:val="{B2B24224-8B9C-45A5-9360-F68BDC035E09}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8482,132 +9960,119 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA5BC7"/>
+    <w:rsid w:val="00661D74"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00BA5BC7"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...11 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8851,59 +10316,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44C76A48-7959-43AF-9D2E-8ED9281FB72A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11268</Characters>
+  <Pages>4</Pages>
+  <Words>1759</Words>
+  <Characters>10029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13218</CharactersWithSpaces>
+  <CharactersWithSpaces>11765</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>