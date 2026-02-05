--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -1,8208 +1,8353 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00576026" w:rsidRDefault="006F64AE" w:rsidP="006F64AE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...116 lines deleted...]
-    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F45004">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576026">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="00576026" w:rsidRDefault="006F64AE" w:rsidP="00576026">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6B45">
+      <w:r w:rsidRPr="00576026">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>с государственным языком обучения</w:t>
-[...12 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00576026" w:rsidRPr="00576026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00303144" w:rsidRPr="00576026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0147B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бейнелеу өнер мұғалімінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00576026" w:rsidRPr="00576026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бос лауазымына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F64AE" w:rsidRPr="00576026" w:rsidRDefault="006F64AE" w:rsidP="00576026">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00576026">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="001B1D8F" w:rsidRDefault="00576026" w:rsidP="001B1D8F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a6"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="00D12623" w:rsidTr="00922D52">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="0008185A" w:rsidP="0008185A">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...29 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының № 6 мектепке дейінгі гимназиясы» коммуналдық мемлекеттік қазыналық кәсіпорны. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="0008185A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы,   Ак. Сатпаев көшесі, 241 </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="0008185A" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Ак. Сатпаев көшесі, 241</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>8 (7182) 67-63-00</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 6</w:t>
+            </w:r>
+            <w:r w:rsidR="0008185A" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7-63-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="0008185A" w:rsidP="00922D52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidRPr="00AD6B45">
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidRPr="0008185A">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sad6@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0008185A" w:rsidRPr="0008185A" w:rsidRDefault="0008185A" w:rsidP="00922D52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...50 lines deleted...]
-              <w:t>ой   с государственным языком на 1 ставку</w:t>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қазақ тілінде оқытатын  </w:t>
+            </w:r>
+            <w:r w:rsidR="00F0147B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейнелеу өнер мұғалімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="0008185A" w:rsidP="00922D52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E16447">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> еңбекақы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшермен </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="00D12623" w:rsidTr="00922D52">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арн</w:t>
+            </w:r>
+            <w:r w:rsidR="0008185A" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>айы орта білім (min): 92000-130000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>- высшее образование (min): 100000-140000;</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0008185A" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоғары білім (min): 100000-140000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
-[...4 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="00D12623" w:rsidTr="006C7F5D">
+        <w:trPr>
+          <w:trHeight w:val="4046"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
-[...4 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00241508" w:rsidRPr="00241508" w:rsidRDefault="00241508" w:rsidP="00241508">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00FA23BA" w:rsidP="00FC4C98">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.08.23-29.08.2023</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00576026" w:rsidRPr="00D12623" w:rsidTr="00922D52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...47 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00BB3819" w:rsidP="00BB3819">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidR="00576026" w:rsidRPr="0008185A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidTr="00FB4CED">
-[...4 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+      <w:tr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidTr="00922D52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00FB4CED">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00922D52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0008185A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00576026" w:rsidRPr="001B1D8F" w:rsidRDefault="001B1D8F" w:rsidP="00922D52">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...666 lines deleted...]
-              <w:t xml:space="preserve"> Постоянно </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тұрақты </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="00CE1232">
-[...510 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D12623" w:rsidRPr="0008185A" w:rsidRDefault="00D12623" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a6"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD6B45">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...132 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>О</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AD6B45">
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ценка</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...95 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...19 lines deleted...]
-                <w:spacing w:val="2"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...11 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="00D12623" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...199 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...20 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...67 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="00D12623" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="00D12623" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- «Үздік педагог» конкурсына қатысушы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="00D12623" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...20 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="00D12623" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International House Certificate in Teaching English as a Foreign </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1058 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD6B45">
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
-[...2 lines deleted...]
-              <w:ind w:left="66"/>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...550 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...390 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
-[...23 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a6"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...4 lines deleted...]
-              <w:t>Форма</w:t>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AD6B45">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...33 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6B45">
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
-[...93 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6B45">
-[...8 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6B45">
+      <w:r w:rsidRPr="003E2AAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD6B45">
+      <w:r w:rsidRPr="003E2AAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+        <w:t>Мені _____________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...37 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...36 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6B45">
-[...20 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD6B45">
-[...7 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a6"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2124"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2755"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidTr="003751E2">
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
-[...12 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            </w:pPr>
+            <w:r w:rsidRPr="003E2AAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
+            <w:r w:rsidRPr="003E2AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного заведения</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
+            <w:r w:rsidRPr="003E2AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD6B45">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>по диплому</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="003751E2">
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (бер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD6B45">
-[...6 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD6B45">
-[...6 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...181 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-        </w:rPr>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00AD6B45">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2AAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E043CA" w:rsidRPr="00AD6B45" w:rsidRDefault="00E043CA" w:rsidP="00E043CA">
-[...25 lines deleted...]
-    <w:p w:rsidR="00CE1232" w:rsidRPr="00AD6B45" w:rsidRDefault="00CE1232" w:rsidP="005F36A8">
+    <w:p w:rsidR="00283FAB" w:rsidRPr="003E2AAA" w:rsidRDefault="00283FAB" w:rsidP="00283FAB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F36A8" w:rsidRPr="00AD6B45" w:rsidRDefault="000E5324" w:rsidP="005F36A8">
-[...26 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidRDefault="00576026" w:rsidP="00576026">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00576026" w:rsidRPr="0008185A" w:rsidSect="0095185E">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...348 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005F36A8"/>
-[...53 lines deleted...]
-    <w:rsid w:val="00F57845"/>
+    <w:rsidRoot w:val="006F64AE"/>
+    <w:rsid w:val="00010EB3"/>
+    <w:rsid w:val="000147B5"/>
+    <w:rsid w:val="00057EBC"/>
+    <w:rsid w:val="0008185A"/>
+    <w:rsid w:val="00084267"/>
+    <w:rsid w:val="00084923"/>
+    <w:rsid w:val="000D4F81"/>
+    <w:rsid w:val="000E0471"/>
+    <w:rsid w:val="001973A8"/>
+    <w:rsid w:val="001B1D8F"/>
+    <w:rsid w:val="001D44C1"/>
+    <w:rsid w:val="001E0B64"/>
+    <w:rsid w:val="001E1501"/>
+    <w:rsid w:val="00206E60"/>
+    <w:rsid w:val="002470F9"/>
+    <w:rsid w:val="00261B30"/>
+    <w:rsid w:val="00283FAB"/>
+    <w:rsid w:val="002968AD"/>
+    <w:rsid w:val="002A5489"/>
+    <w:rsid w:val="00303144"/>
+    <w:rsid w:val="0031260F"/>
+    <w:rsid w:val="00386F50"/>
+    <w:rsid w:val="00404F92"/>
+    <w:rsid w:val="00424C22"/>
+    <w:rsid w:val="0045341F"/>
+    <w:rsid w:val="004962F2"/>
+    <w:rsid w:val="004C38B0"/>
+    <w:rsid w:val="004D6CDC"/>
+    <w:rsid w:val="004F32A9"/>
+    <w:rsid w:val="00526689"/>
+    <w:rsid w:val="00532B79"/>
+    <w:rsid w:val="00570FA3"/>
+    <w:rsid w:val="00576026"/>
+    <w:rsid w:val="005C1B3D"/>
+    <w:rsid w:val="005E1667"/>
+    <w:rsid w:val="005F69F6"/>
+    <w:rsid w:val="00603CE7"/>
+    <w:rsid w:val="00665C8D"/>
+    <w:rsid w:val="006A500B"/>
+    <w:rsid w:val="006B32BF"/>
+    <w:rsid w:val="006C4F89"/>
+    <w:rsid w:val="006C7F5D"/>
+    <w:rsid w:val="006D283B"/>
+    <w:rsid w:val="006F64AE"/>
+    <w:rsid w:val="007A29B0"/>
+    <w:rsid w:val="007B15E0"/>
+    <w:rsid w:val="007F2521"/>
+    <w:rsid w:val="008950FB"/>
+    <w:rsid w:val="008A0191"/>
+    <w:rsid w:val="008B5BEF"/>
+    <w:rsid w:val="00915A21"/>
+    <w:rsid w:val="00973367"/>
+    <w:rsid w:val="00A01351"/>
+    <w:rsid w:val="00A4701E"/>
+    <w:rsid w:val="00A4713F"/>
+    <w:rsid w:val="00A83578"/>
+    <w:rsid w:val="00AD5EF1"/>
+    <w:rsid w:val="00AE0402"/>
+    <w:rsid w:val="00B000EF"/>
+    <w:rsid w:val="00B064D4"/>
+    <w:rsid w:val="00BA2E70"/>
+    <w:rsid w:val="00BB3819"/>
+    <w:rsid w:val="00BC734B"/>
+    <w:rsid w:val="00BE747B"/>
+    <w:rsid w:val="00C06AAF"/>
+    <w:rsid w:val="00C84504"/>
+    <w:rsid w:val="00CC0AB0"/>
+    <w:rsid w:val="00D04BD2"/>
+    <w:rsid w:val="00D12623"/>
+    <w:rsid w:val="00D179A8"/>
+    <w:rsid w:val="00DB0567"/>
+    <w:rsid w:val="00DE3D1C"/>
+    <w:rsid w:val="00E1214A"/>
+    <w:rsid w:val="00E1364A"/>
+    <w:rsid w:val="00E16447"/>
+    <w:rsid w:val="00E206D5"/>
+    <w:rsid w:val="00E266E7"/>
+    <w:rsid w:val="00E837D5"/>
+    <w:rsid w:val="00E95940"/>
+    <w:rsid w:val="00EC078F"/>
+    <w:rsid w:val="00EC07FC"/>
+    <w:rsid w:val="00EE578D"/>
+    <w:rsid w:val="00F0147B"/>
+    <w:rsid w:val="00F24EA1"/>
+    <w:rsid w:val="00F278E6"/>
+    <w:rsid w:val="00F66E15"/>
+    <w:rsid w:val="00FA23BA"/>
+    <w:rsid w:val="00FA2DD0"/>
+    <w:rsid w:val="00FA5A7F"/>
+    <w:rsid w:val="00FB1E3A"/>
+    <w:rsid w:val="00FC4C98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{273AA95B-B7D9-4B52-9FD6-A947F434DFDF}"/>
+  <w15:docId w15:val="{120D80AD-F100-43DF-ACA1-C1D53614B623}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8223,51 +8368,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8532,218 +8677,304 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F33865"/>
+    <w:rsid w:val="00E206D5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0031260F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="20"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="005F36A8"/>
+    <w:rsid w:val="006F64AE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0031260F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0031260F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0031260F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00CE1232"/>
+    <w:rsid w:val="00576026"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Без интервала1"/>
-    <w:rsid w:val="00CE1232"/>
+    <w:rsid w:val="0008185A"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1549878366">
+    <w:div w:id="1276057120">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1609506940">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8989,55 +9220,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>11332</Characters>
+  <Pages>1</Pages>
+  <Words>1787</Words>
+  <Characters>10190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13294</CharactersWithSpaces>
+  <CharactersWithSpaces>11954</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>