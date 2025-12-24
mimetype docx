--- v0 (2025-12-07)
+++ v1 (2025-12-24)
@@ -29,1723 +29,1356 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="001C307C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008767D0" w:rsidRPr="008767D0" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+    <w:p w:rsidR="004B007C" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008767D0">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Павлодарқаласыбілімбөлімінің</w:t>
+        <w:t>КГУ «Средняя общеобразовательная школа</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008767D0">
+      <w:r w:rsidR="00045840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> «</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> №15</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008767D0">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Павлодарқаласының</w:t>
+        <w:t xml:space="preserve">  города Павлодара» объявляет конкурс на должность </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008767D0">
+      <w:r w:rsidR="00045840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> №15 </w:t>
+        </w:rPr>
+        <w:t>музыкального руководителя</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008767D0">
+      <w:r w:rsidR="004B007C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>ортамектебі</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...43 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008767D0" w:rsidRPr="008767D0" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+    <w:p w:rsidR="00F96C74" w:rsidRPr="00B6148F" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008767D0">
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>орыстіліндеоқытатын</w:t>
-[...70 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (на вакантную должность)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="279"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8230"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008767D0" w:rsidRPr="0033669B" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00473864" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> атауы</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...4 lines deleted...]
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №15 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КГУ «Средняя общеобразовательная школа</w:t>
+            </w:r>
+            <w:r w:rsidR="00045840">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008767D0" w:rsidRPr="008767D0" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="008767D0" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="00F27A09" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>Павлодар облысы, Павлодар қ.,  Ак.Шөкин көшесі, 32.  индекс 140000</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г.Павлодар, ул. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ак.Чокина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00045840">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, почтовый индекс 140000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008767D0" w:rsidRPr="008767D0" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="008767D0" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...4 lines deleted...]
-              <w:t>Телефон нөмірлері</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...4 lines deleted...]
-              <w:t>7 (7182) ,  тел. 20-93-10</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="00045840">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20-93-10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008767D0" w:rsidRPr="00473864" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="008767D0" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...4 lines deleted...]
-              <w:t>Электрондық пошта</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00045840">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-              </w:rPr>
-[...7 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>osh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008767D0" w:rsidRPr="00473864" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00473864" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...4 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00045840" w:rsidP="0031619F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...7 lines deleted...]
-              <w:t>Орыс тілде оқытатын музыка жетекшісі, 0,5 ставка</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Музыкальный руководитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96C74" w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с русским  языком обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5 ставки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008767D0" w:rsidRPr="0033669B" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00473864" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008767D0" w:rsidRPr="00943453" w:rsidRDefault="008767D0" w:rsidP="008767D0">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="001C69A2" w:rsidRDefault="001C69A2" w:rsidP="001C69A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C69A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00943453">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Осуществляет музыкальное воспитание и эстетическое развитие воспитанников в соответствии с государственным общеобязательным стандартом обучения. Профессионально владеет техникой исполнения на музыкальном инструменте. Организует и проводит музыкальные и другие культурно-массовые мероприятия; ведет индивидуальную работу с детьми, выявляет музыкально одаренных детей.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C69A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              </w:numPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      Участвует в организации физкультурных занятий, спортивных досугов и развлечений. Принимает участие в организации игровой деятельности детей, проводит различные музыкально-дидактические игры. Участвует в подготовке педагогических советов, работе методических объединений. Внедряет в практику работы с детьми передовой опыт.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C69A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...150 lines deleted...]
-              </w:numPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      Консультирует родителей и воспитателей по вопросам музыкального воспитания детей. Отслеживает уровни музыкального развития. Выполняет правила и нормы охраны труда, техники безопасности и противопожарной защиты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008767D0">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...19 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">арнайы орта білім </w:t>
+              <w:t>- среднее специ</w:t>
             </w:r>
             <w:r w:rsidR="005A058B" w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>( min): 88131</w:t>
+              <w:t>альное образование( min): 88131</w:t>
             </w:r>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> тенге;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="008767D0">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="005A058B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...9 lines deleted...]
-              <w:t>жоғары білім</w:t>
+              <w:t xml:space="preserve">- высшее </w:t>
             </w:r>
             <w:r w:rsidR="005A058B" w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (min): 108836</w:t>
+              <w:t>образование (min): 108836</w:t>
             </w:r>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="0033669B" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік</w:t>
-[...90 lines deleted...]
-          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E654EE" w:rsidRPr="008C0FD9" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00E654EE" w:rsidRPr="008C0FD9" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00E654EE" w:rsidRPr="008C0FD9" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...130 lines deleted...]
-              <w:t>кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
@@ -1757,84 +1390,84 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00CE7F58">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="0033669B" w:rsidP="006853B2">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F259C7" w:rsidP="006853B2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10.08.-17</w:t>
             </w:r>
             <w:r w:rsidR="00045840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
@@ -1873,1871 +1506,1708 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00CE7F58">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
-[...49 lines deleted...]
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
-[...69 lines deleted...]
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
-[...89 lines deleted...]
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
-[...9 lines deleted...]
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
-[...49 lines deleted...]
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
-[...80 lines deleted...]
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE7F58">
-[...29 lines deleted...]
-          <w:p w:rsidR="00CE7F58" w:rsidRPr="00CE7F58" w:rsidRDefault="00CE7F58" w:rsidP="00CE7F58">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="00045840">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оценки знаний педагога</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - </w:t>
+            </w:r>
+            <w:r w:rsidR="00045840">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОЗП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...253 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t>;</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="113"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="136"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRPr="00730012" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E654EE" w:rsidRPr="00730012" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
-[...92 lines deleted...]
-          <w:p w:rsidR="00E654EE" w:rsidRPr="00730012" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00E654EE" w:rsidRPr="00730012" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+            <w:r w:rsidRPr="00B6148F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>___________________________________________________________________________________________ ___________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E654EE" w:rsidRPr="00730012" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E654EE" w:rsidRPr="00730012" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>__________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E654EE" w:rsidRPr="00730012" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>__________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E654EE" w:rsidRPr="00730012" w:rsidRDefault="00E654EE" w:rsidP="00E654EE">
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(кандидаттың Т.А.Ә. (болған жағдайда), ЖСН)</w:t>
-[...476 lines deleted...]
-              <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w:rsidTr="00730012">
-[...9 lines deleted...]
-        </w:tblPrEx>
+    </w:tbl>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00B6148F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00B6148F" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="00A9508F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w:rsidTr="00473864">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:wAfter w:w="136" w:type="dxa"/>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00730012">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00730012">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқуорныныңатауы</w:t>
+              <w:t>учебногозаведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00730012">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқумерзімі</w:t>
+              <w:t>Периодобучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00730012">
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Дипломбойыншамамандық</w:t>
+              <w:t>подиплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w:rsidTr="00730012">
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w:rsidTr="00473864">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:wAfter w:w="136" w:type="dxa"/>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3793,6266 +3263,5707 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00730012" w:rsidP="00730012">
-[...114 lines deleted...]
-    <w:p w:rsidR="00473864" w:rsidRPr="00BE47A0" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE47A0">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения):_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:t>Педагогикалық жұмыс өтілі</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00473864" w:rsidRPr="00BE47A0">
-[...6 lines deleted...]
-        <w:t>:___________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00473864" w:rsidRPr="00BE47A0" w:rsidRDefault="00730012" w:rsidP="005E1863">
-[...28 lines deleted...]
-    <w:p w:rsidR="00473864" w:rsidRPr="00BE47A0" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE47A0">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00473864" w:rsidRPr="00BE47A0" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE47A0">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00473864" w:rsidRPr="00BE47A0" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE47A0">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE47A0">
-[...131 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033669B">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«___</w:t>
       </w:r>
-      <w:r w:rsidRPr="0033669B">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00730012">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___жыл</w:t>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-      <w:r w:rsidRPr="0033669B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">         ____________________</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="0033669B">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00730012">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:r w:rsidRPr="0033669B">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4394"/>
       </w:tblGrid>
       <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidRDefault="00473864">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005E1863" w:rsidRPr="0033669B" w:rsidRDefault="005E1863">
+          <w:p w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r w:rsidRPr="00B6148F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00473864" w:rsidRDefault="00730012" w:rsidP="00730012">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+    <w:p w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:color w:val="000000"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00730012">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...95 lines deleted...]
-        <w:t>))</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10428" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="502"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2128"/>
         <w:gridCol w:w="5105"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00730012" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00730012">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...16 lines deleted...]
-              <w:t>)</w:t>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00730012" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w:rsidR="00730012" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> диплом = 7 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00730012" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>/</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...44 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00730012" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> кандидаты = 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRDefault="00730012" w:rsidP="00045840">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00045840" w:rsidP="00045840">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00730012">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагогтыңбілімбағалау</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Оценка знаний педагога</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BE47A0">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...33 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Педагог-модератор» </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BE47A0">
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>біліктіліксанатымен</w:t>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...8 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
-[...8 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00BE47A0" w:rsidRPr="00BE47A0" w:rsidRDefault="00BE47A0" w:rsidP="00BE47A0">
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...669 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00730012" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...8 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...26 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...8 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...26 lines deleted...]
-          <w:p w:rsidR="00730012" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00730012" w:rsidRPr="0033669B" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRPr="00730012" w:rsidRDefault="00730012" w:rsidP="00730012">
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
-[...80 lines deleted...]
-              <w:t xml:space="preserve">   10 жылдан және одан артық = 3</w:t>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00730012" w:rsidRPr="00BE47A0" w:rsidRDefault="00730012" w:rsidP="00730012">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00BE47A0" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BE47A0">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...47 lines deleted...]
-              <w:t>тәжірибесі</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
-[...56 lines deleted...]
-              <w:t>алмастыратын құжат</w:t>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
-[...82 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00BE47A0" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BE47A0">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00BE47A0">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-              <w:t>үшін</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...61 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...90 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRDefault="00943453">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00473864" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00943453">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Кәсіби</w:t>
-[...49 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
-[...255 lines deleted...]
-              <w:t>- мемлекеттік награда</w:t>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00943453">
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанеңбексіңіргенұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00943453">
-[...251 lines deleted...]
-              <w:t>» – 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRDefault="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00943453">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Әдістемелікқызмет</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> -  </w:t>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...44 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...26 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...136 lines deleted...]
-              <w:t xml:space="preserve"> – 3 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10060,616 +8971,379 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00943453">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Қоғамдық</w:t>
-[...58 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00943453">
-[...53 lines deleted...]
-              <w:t>асыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...8 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...26 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...37 lines deleted...]
-            <w:r w:rsidRPr="00943453">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-          <w:p w:rsidR="00473864" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
-[...77 lines deleted...]
-              <w:t>) – 5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidRPr="0033669B" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10677,877 +9351,606 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRDefault="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00943453">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Курстық дайындық</w:t>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="00943453">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00943453">
-[...5 lines deleted...]
-              <w:t>пәндікдайындық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...347 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00943453" w:rsidRPr="00BE47A0" w:rsidRDefault="00943453" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...24 lines deleted...]
-                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...37 lines deleted...]
-          <w:p w:rsidR="00473864" w:rsidRPr="00BE47A0" w:rsidRDefault="00943453" w:rsidP="00943453">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...55 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRPr="00BE47A0" w:rsidRDefault="00473864">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidTr="00730012">
+      <w:tr w:rsidR="00473864" w:rsidTr="00473864">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRDefault="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00943453">
+          <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Максимал</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> балл – </w:t>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D15008" w:rsidRPr="00943453" w:rsidRDefault="00943453" w:rsidP="0086672B">
+    <w:p w:rsidR="00C301E5" w:rsidRDefault="00F011C3" w:rsidP="00352A81">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00943453">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының №15 ЖОББ мектебі» КММ </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявлениео </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проведении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса на вакантную и</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00045840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>музыкалық жетекші</w:t>
+        <w:t>музыкального руководителя</w:t>
       </w:r>
-      <w:r w:rsidRPr="00943453">
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная </w:t>
+      </w:r>
+      <w:r w:rsidR="000602B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r w:rsidR="00045840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос немесе уақытша бос лауазымына орналасуға конкурс өткізу туралы хабарландыру мектеп сайтында орналастырылған.</w:t>
+        <w:t xml:space="preserve"> №15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00532E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещено на</w:t>
+      </w:r>
+      <w:r w:rsidR="00045840">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайте школы</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D15008" w:rsidRPr="00943453" w:rsidSect="001C307C">
+    <w:p w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidRDefault="00D15008" w:rsidP="0086672B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D15008" w:rsidRPr="0086672B" w:rsidSect="001C307C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -11978,153 +10381,148 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
-  <w:doNotDisplayPageBoundaries/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00D15008"/>
     <w:rsid w:val="00045840"/>
     <w:rsid w:val="000602B3"/>
     <w:rsid w:val="000A3CB6"/>
     <w:rsid w:val="000C29B7"/>
     <w:rsid w:val="000D1402"/>
     <w:rsid w:val="0010189D"/>
     <w:rsid w:val="001754E5"/>
     <w:rsid w:val="001C307C"/>
+    <w:rsid w:val="001C69A2"/>
     <w:rsid w:val="001D7957"/>
     <w:rsid w:val="001E6C21"/>
+    <w:rsid w:val="001F0D18"/>
+    <w:rsid w:val="001F2C65"/>
     <w:rsid w:val="0023782F"/>
     <w:rsid w:val="00251E0D"/>
     <w:rsid w:val="002E5399"/>
     <w:rsid w:val="0031619F"/>
     <w:rsid w:val="00326737"/>
-    <w:rsid w:val="0033669B"/>
     <w:rsid w:val="00352373"/>
     <w:rsid w:val="00352A81"/>
     <w:rsid w:val="0036559D"/>
     <w:rsid w:val="00384B44"/>
     <w:rsid w:val="00392D5B"/>
     <w:rsid w:val="00444ABB"/>
     <w:rsid w:val="00473864"/>
     <w:rsid w:val="00487858"/>
     <w:rsid w:val="004B007C"/>
     <w:rsid w:val="004C710C"/>
     <w:rsid w:val="004E793C"/>
     <w:rsid w:val="00532E77"/>
     <w:rsid w:val="00573DEB"/>
     <w:rsid w:val="005A058B"/>
     <w:rsid w:val="005C1F7D"/>
     <w:rsid w:val="005D26C1"/>
     <w:rsid w:val="005E1863"/>
     <w:rsid w:val="006015AB"/>
     <w:rsid w:val="00624187"/>
     <w:rsid w:val="006853B2"/>
     <w:rsid w:val="00687DFB"/>
     <w:rsid w:val="006C7B3C"/>
     <w:rsid w:val="007043A0"/>
-    <w:rsid w:val="00730012"/>
     <w:rsid w:val="007315DA"/>
     <w:rsid w:val="00737F5A"/>
     <w:rsid w:val="007D699F"/>
     <w:rsid w:val="007F1CC4"/>
     <w:rsid w:val="0086672B"/>
-    <w:rsid w:val="008767D0"/>
     <w:rsid w:val="008A4F3B"/>
-    <w:rsid w:val="008E550F"/>
     <w:rsid w:val="009171DC"/>
-    <w:rsid w:val="00943453"/>
     <w:rsid w:val="00947BD9"/>
     <w:rsid w:val="00A52003"/>
     <w:rsid w:val="00A9508F"/>
     <w:rsid w:val="00AF414D"/>
+    <w:rsid w:val="00B44AC1"/>
     <w:rsid w:val="00B46C32"/>
     <w:rsid w:val="00B6148F"/>
     <w:rsid w:val="00B95334"/>
-    <w:rsid w:val="00BE47A0"/>
     <w:rsid w:val="00C301E5"/>
     <w:rsid w:val="00C52DEF"/>
     <w:rsid w:val="00C749A1"/>
-    <w:rsid w:val="00CE7F58"/>
     <w:rsid w:val="00D15008"/>
     <w:rsid w:val="00D75259"/>
     <w:rsid w:val="00E36BC9"/>
-    <w:rsid w:val="00E654EE"/>
     <w:rsid w:val="00E66D54"/>
     <w:rsid w:val="00E940AB"/>
     <w:rsid w:val="00EB3DC3"/>
     <w:rsid w:val="00EB72DF"/>
     <w:rsid w:val="00ED74E3"/>
     <w:rsid w:val="00F011C3"/>
-    <w:rsid w:val="00F27A09"/>
+    <w:rsid w:val="00F259C7"/>
     <w:rsid w:val="00F557DC"/>
     <w:rsid w:val="00F874D5"/>
     <w:rsid w:val="00F96C74"/>
     <w:rsid w:val="00FD359E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -12930,78 +11328,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85161093-BADC-4257-8263-456BFDB65CDB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60D2683C-5DB0-4D9A-8087-A1028BCAF60E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1675</Words>
-  <Characters>9549</Characters>
+  <Words>1821</Words>
+  <Characters>10383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11202</CharactersWithSpaces>
+  <CharactersWithSpaces>12180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Uchitel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>