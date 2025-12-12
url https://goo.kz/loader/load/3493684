--- v0 (2025-12-08)
+++ v1 (2025-12-12)
@@ -1,4294 +1,3953 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="550AC3DE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19090081" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БОС ОРЫНДАРҒА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09651B13" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC62F3" w14:textId="4A2041D7" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="00A73050" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00B52021">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00DF3917">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA89477" w14:textId="7458ADD2" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
-[...44 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w14:paraId="69FCBCD9" w14:textId="16F0AD54" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="004764CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...75 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» коммуналдық мемлекеттік қазыналық кәсіпорны бос лауазымға орналасуға ашық конкурс жариялайды:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="1"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="10307" w:type="dxa"/>
+        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="673"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="2749"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Вакантная должность</w:t>
+              <w:t>Бос орын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Объем нагрузки</w:t>
+              <w:t>Жүктеме көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Язык обучения</w:t>
+              <w:t>Оқытылу тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Адрес </w:t>
+              <w:t>МДҰ</w:t>
             </w:r>
-            <w:r w:rsidR="007D75B5">
+          </w:p>
+          <w:p w14:paraId="349B9452" w14:textId="0407A836" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ДО</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Контакты, электронный адрес</w:t>
+              <w:t>Байланыс телефондары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, электрон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дыадресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00672B92" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="00E93BE9" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E15072E" w14:textId="65A15E25" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="00DF3917" w:rsidP="002973E1">
+          <w:p w14:paraId="310BF63E" w14:textId="04E8147D" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00CE6F61" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Инструктор по плаванию</w:t>
+              <w:t>Жүзу нұсқаушысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F04F60E" w14:textId="52CE42EA" w:rsidR="002973E1" w:rsidRDefault="00DF3917" w:rsidP="002973E1">
+          <w:p w14:paraId="32F2806A" w14:textId="648840C8" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
+            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставк</w:t>
-[...60 lines deleted...]
-              <w:t>, русский</w:t>
+              <w:t xml:space="preserve"> ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C592FC1" w14:textId="6245DB12" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1C353ED2" w14:textId="6A67D3E7" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00026C6C" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE6F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41B7CFBD" w14:textId="4F08C63B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">г. Павлодар, </w:t>
+              <w:t xml:space="preserve">Павлодар қаласы, Вс.Иванова көш. </w:t>
             </w:r>
-            <w:r w:rsidR="008C4D49">
+            <w:r w:rsidR="004764CC">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="125C97B9" w14:textId="77777777" w:rsidR="00672B92" w:rsidRPr="00672B92" w:rsidRDefault="00672B92" w:rsidP="002973E1">
+          <w:p w14:paraId="2D34C190" w14:textId="6EE59C53" w:rsidR="004764CC" w:rsidRPr="00A25445" w:rsidRDefault="004764CC" w:rsidP="0012129B">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69CF21F1" w14:textId="77777777" w:rsidR="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="508E4807" w14:textId="3B4B8B4F" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="00FD7043">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">email: </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
+            <w:r w:rsidR="00E93BE9">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00E93BE9" w:rsidRPr="00381989">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sad23@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="7D6E2588" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...57 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="601D2284" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRPr="00672B92" w:rsidRDefault="00315FB3" w:rsidP="002973E1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1528B633" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00DF3917">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе тиісті бейін бойынша техникалық және кәсіптік білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе педагогикалық қайта даярлауды растайтын құжат; жұмыс өтіліне талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E284B0" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      және (немесе) біліктілігінің орта және жоғары деңгейі болған кезде мектепке дейінгі ұйымның дене шынықтыру жөніндегі нұсқаушысы лауазымындағы жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог – зерттеуші үшін кемінде 4 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E093CAF" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      және (немесе) жоғары деңгейдегі біліктілік педагог-шебер үшін мектепке дейінгі ұйымның дене шынықтыру жөніндегі нұсқаушысы лауазымындағы жұмыс өтілі – 5 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736A033A" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45. Кәсіби құзыреттілікті айқындай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450AB970" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4778D0C8" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі ұйымның дене шынықтыру (жүзу) жөніндегі нұсқаушысының жалпы талаптарына сәйкес келуі тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00EE735C" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектеп жасына дейінгі балаларды оқыту мен дене тәрбиесінің заманауи әдістерін қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CC36B6" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлау және ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735BB6FC" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2087E92B" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог" біліктілігіне қойылатын жалпы талаптарға, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1908E7C5" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектеп жасына дейінгі балаларды оқыту мен дене тәрбиесінің заманауи әдістерін қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B03F8B" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      бағдарламалық материалдың мазмұны мен құрылымын білу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55827C34" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      инновациялық әдістер мен технологияларды қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E3C663" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      диагностика даму деңгейін және дағдыларын әртүрлі жас топтары, қатысу әдістемелік жұмыс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023E823C" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымдарында педагогикалық кеңестерде сөз сөйлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3316E91A" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      кәсіби біліктілігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F951DC" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымы деңгейінде тәжірибені жинақтау, білім беру ұйымы деңгейінде конкурстарға, жарыстарға қатысушылардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C60D02" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) "педагог – сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EDE663" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог-модераторға" қойылатын жалпы талаптарға, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28AC2395" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектеп жасына дейінгі балалардың дене қабілеттерін дамыту диагностикасының элементтерін пайдалану, дене шынықтыру-сауықтыру дамыту ортасын құруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDDC6C5" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі тәрбие мен оқытуды ұйымдастыруда әдістемелік жұмысқа, аудан, қала деңгейіндегі іс-шараларға қатысу: педагогикалық кеңестерде сөз сөйлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1F63E2" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      өзінің кәсіби біліктілігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4847B9BB" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ұйымдастырылған оқу қызметін талдау дағдыларын пайдалану, тәлімгерлікті жүзеге асыру және кәсіби дамудың басымдықтарын анықтау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02AD129B" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымы деңгейінде өзінің және әріптестерінің тәжірибесін жинақтау, аудан/қала деңгейінде тәжірибені жинақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AF655A" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) "педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D00B83" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "педагог-сарапшы" біліктілігіне қойылатын жалпы талаптарға, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23565498" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оқу бағдарламаларын, оқыту әдістемелерін әзірлеу дағдылары мен дағдыларын пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F800F1" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      аудандық, қалалық әдістемелік бірлестіктердің, семинарлардың, конференциялардың қызметіне қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62490074" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      тәлімгерлікті қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A3595A" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      көпшілік алдында сөйлеу және аудиториямен өзара әрекеттесу дағдыларына ие болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A7AB2A" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі жастағы балалардың дене тәрбиесінің қазіргі заманғы әдістемелерін қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695E1916" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      аудан, қала деңгейінде қызмет бағыты бойынша әдістемелік әзірлемелерінің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F54EFC" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сабақты зерттеу және бағалау құралдарын әзірлеу дағдыларын пайдалану, тәлімгерлікті жүзеге асыру және аудан, қала деңгейінде педагогикалық қоғамдастықта даму стратегиясын айқындау, облыс/республикалық маңызы бар қалалар деңгейінде тәжірибені жинақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E40C43" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) "педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B743B3" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілігінің жалпы талаптарына, сондай-ақ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAD104F" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      жаңа бағдарламаларды игеру бойынша эксперименттік жұмысқа қатысу; аудандық, қалалық, облыстық және республикалық деңгейдегі әдістемелік жұмысқа белсенді қатысу; облыста, республикада тәжірибені тарату және енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705757ED" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      авторлық бағдарламаның болуы немесе облыстық оқу-әдістемелік кеңесте және РОӘК-де мақұлдау алған, басып шығарылған бағдарламалардың, оқу-әдістемелік құралдардың авторы (тең авторы) болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D505E6" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      тәлімгерлікті жүзеге асыру және облыс деңгейінде кәсіби қоғамдастық желісін дамытуды жоспарлау, республикалық және халықаралық кәсіби конкурстарға қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44502A7C" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1040 lines deleted...]
-      <w:r w:rsidRPr="00DF3917">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...247 lines deleted...]
-      <w:r w:rsidRPr="00DF3917">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527AC065" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A33CB5E" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      үлгілік оқу жоспары мен медициналық персоналдың ұсынымдарын ескере отырып, мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талаптарына сәйкес дене шынықтыру (жүзу) бойынша ұйымдастырылған оқу қызметін жоспарлайды және жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400DA579" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дене тәрбиесі бойынша озық педагогикалық тәжірибені зерделеумен, жалпылаумен және таратумен айналысады, отандық және шетелдік ғылыми-зерттеу, авторлық әзірлемелерді зерттеу негізінде инновациялық технологияларды енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6691E201" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      денсаулық сақтау және денсаулық сақтау технологияларын қолдану мәселелерінде ата-аналарға консультациялық көмекті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05983268" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ақпараттық-коммуникациялық технологияларды меңгерген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD284CA" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дене шынықтыру-сауықтыру дамыту ортасын құруға қатысады, мектепке дейінгі ұйымның педагогикалық ұжымымен бірлесіп, сондай-ақ ата-аналар мен қоғамдық ұйымдардың көмегімен ұйымдастырушылық-әдістемелік және практикалық жұмысты, бұқаралық іс-шараларды өткізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393D1E63" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ұйымдастырылған оқу қызметін, спорттық мерекелер мен ойын-сауықтарды өткізу кезінде санитариялық-гигиеналық жағдайларды және қауіпсіздік шараларын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C3901B" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      арнайы медициналық топтың балаларымен қосымша сабақтар өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017C5B57" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оқу, дене шынықтыру-сауықтыру жұмыстары бойынша белгіленген есептіліктің құжаттамасын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC8D214" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:anchor="z63" w:history="1">
-        <w:r w:rsidRPr="00DF3917">
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00CE6F61">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Конституцию</w:t>
+          <w:t>Конституциясы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DF3917">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00DF3917">
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00CE6F61">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Об образовании</w:t>
+          <w:t>Білім туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DF3917">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:anchor="z4" w:history="1">
-        <w:r w:rsidRPr="00DF3917">
+      <w:hyperlink r:id="rId7" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00CE6F61">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>О статусе педагога</w:t>
+          <w:t>Педагог мәртебесі туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DF3917">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:anchor="z33" w:history="1">
-        <w:r w:rsidRPr="00DF3917">
+      <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00CE6F61">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>О противодействии коррупции</w:t>
+          <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DF3917">
-[...60 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" Заңдары және Қазақстан Республикасының білім беруді дамытудың бағыттары мен перспективаларын айқындайтын өзге де нормативтік құқықтық актілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253008F5" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дефектология негіздері және тиісті әдістемелер (дамуында ауытқулары бар балалармен жұмыс кезінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED46D1E" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық этиканың нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766AEC61" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      санитария және гигиена, психология және педагогика негіздері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFB2A8A" w14:textId="77777777" w:rsidR="00CE6F61" w:rsidRPr="00CE6F61" w:rsidRDefault="00CE6F61" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      еңбек заңнамасының негіздері, алғашқы медициналық көмек көрсету, еңбек қауіпсіздігі және еңбекті қорғау қағидалары, санитариялық қағидалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7213F7" w14:textId="482A490B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00CE6F61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      нормы педагогической этики;</w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="13F46A45" w14:textId="135D87F7" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
+        <w:t xml:space="preserve">Лауазымдық жалақы мөлшері білім деңгейіне, еңбек өтіліне,біліктілік санатына байланысты: </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0 000 теңгеден 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 000 теңгеге дейін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55749404" w14:textId="110C4500" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>желтоқсан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы № 5</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығы негізінде өткізіледі "Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидалары"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745F3A83" w14:textId="64CA50F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсты өткізу күні мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдар аралығында</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар қаласы № </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақшасы" коммуналдық мемлекеттік қазыналық кәсіпорны, Павлодар қаласы, Вс көшесі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иванова, </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E321F22" w14:textId="1D8AA50A" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Байқау кезеңдері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E140A8" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Конкурс өткізу туралы хабарландыруды жариялау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137A36B0" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) конкурсты өткізу күні мен уақытын айқындау, конкурстық комиссияны қалыптастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5290C69E" w14:textId="6159C43C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұжаттарды қабылдау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17207C95" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) құжаттарды қарау (біліктілік талаптарына сәйкестігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54582A28" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) кандидаттардың балдары бірдей болған жағдайда әңгімелесу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55562C0D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кандидаттың құжаттары қабылданғаннан кейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үш жұмыс күні ішінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық статистика және арнайы есепке алу жөніндегі уәкілетті органға немесе оның аумақтық бөлімшелеріне Сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны туралы мәліметтердің болуы не болмауы туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау салу жіберіледі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық этиканың бұзылуы туралы Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы сапаны қамтамасыз ету комитетіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E4E1A9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны және/немесе педагогикалық әдеп нормаларын бұзғаны туралы мәліметтерді білгеннен кейін педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B202AA" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001CE750" w14:textId="23A5A170" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE29A56" w14:textId="3D23F7F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6347D0E0" w14:textId="3B24BA65" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5524FE5C" w14:textId="1E2C32AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073EF939" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EBC578" w14:textId="27EBDA8E" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11034432" w14:textId="3F688282" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сихоневрологиялық ұйымнан анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455BDD19" w14:textId="313513B2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аркологиялық ұйымнан анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703DE4FE" w14:textId="0D5B2945" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ТБЖ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болса); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1186C71B" w14:textId="3A9B747D" w:rsidR="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) педагогтің бос немесе уақытша бос лауазымына кандидаттың 11-қосымшаға сәйкес нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D0BEB7" w14:textId="18ADF747" w:rsidR="0058040B" w:rsidRPr="0058040B" w:rsidRDefault="0058040B" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058040B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) еңбек өтілімі жоқ үміткерлер 15 минуттан кем емес бейнепрезентация дайындау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9120C2" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        3), 4), 5) тармақшаларда көрсетілген құжаттарды жұмыс орнының кадр қызметі немесе білім беру ұйымының жауапты қызметкері мөрмен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA2BD65" w14:textId="564E8D46" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстық тағайындауға қатысу үшін кандидат білім беруді басқару органының қарауына өзінің кәсіби жетістіктері, біліктілігін арттыруы, ғылыми зерттеулері, өзінің педагогикалық тәжірибесін жинақтауы, наградалары туралы материалдарды, тиімділік көрсеткіштеріне қол жеткізу туралы ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E573A7" w14:textId="5C2C27D2" w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00470491">
-[...1677 lines deleted...]
-    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidSect="009B650A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E84E7E"/>
-[...51 lines deleted...]
-    <w:rsid w:val="00FD5443"/>
+    <w:rsidRoot w:val="00927359"/>
+    <w:rsid w:val="00026C6C"/>
+    <w:rsid w:val="000E136E"/>
+    <w:rsid w:val="0012129B"/>
+    <w:rsid w:val="00174629"/>
+    <w:rsid w:val="002A5529"/>
+    <w:rsid w:val="00402B31"/>
+    <w:rsid w:val="004764CC"/>
+    <w:rsid w:val="0047768B"/>
+    <w:rsid w:val="0058040B"/>
+    <w:rsid w:val="006133CD"/>
+    <w:rsid w:val="00666764"/>
+    <w:rsid w:val="007A7E15"/>
+    <w:rsid w:val="007D0D1C"/>
+    <w:rsid w:val="007E0CF4"/>
+    <w:rsid w:val="00927359"/>
+    <w:rsid w:val="009B650A"/>
+    <w:rsid w:val="00A23B20"/>
+    <w:rsid w:val="00A25445"/>
+    <w:rsid w:val="00A43974"/>
+    <w:rsid w:val="00A73050"/>
+    <w:rsid w:val="00AE5998"/>
+    <w:rsid w:val="00AF2CBA"/>
+    <w:rsid w:val="00B52021"/>
+    <w:rsid w:val="00BC09FC"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="00CE6F61"/>
+    <w:rsid w:val="00E93BE9"/>
+    <w:rsid w:val="00E974D1"/>
+    <w:rsid w:val="00EA3E59"/>
+    <w:rsid w:val="00EF7859"/>
+    <w:rsid w:val="00F5345F"/>
+    <w:rsid w:val="00F60B2A"/>
+    <w:rsid w:val="00F8475B"/>
+    <w:rsid w:val="00FD7043"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="45A1B4D5"/>
-  <w15:docId w15:val="{BC766A03-07D0-4F81-A423-856A0F0874A1}"/>
+  <w14:docId w14:val="006D75FF"/>
+  <w15:docId w15:val="{AA9CDBCF-B3BC-4018-9DC4-90A14F1CBB8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4403,51 +4062,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4630,564 +4289,462 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-[...72 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93BE9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="127863403">
+    <w:div w:id="931594349">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad23@goo.edu.kz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1651</Words>
-  <Characters>9413</Characters>
+  <Words>1617</Words>
+  <Characters>9222</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11042</CharactersWithSpaces>
+  <CharactersWithSpaces>10818</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Смагулова Ж.А</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>