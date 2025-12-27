--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -2,4562 +2,2650 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="266A606C" w14:textId="20B9D8C9" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="043EE014" w14:textId="77777777" w:rsidR="00D5571D" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="007E3D91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...27 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 14 </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="007E3D91" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+        <w:t>города</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t xml:space="preserve"> Павлодара» объявляет конкурс на должность </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="00D5571D" w:rsidRPr="00D5571D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КММ</w:t>
+        <w:t xml:space="preserve">учителя начальных классов с </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5571D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5571D" w:rsidRPr="00D5571D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A01E3E7" w14:textId="64AA8763" w:rsidR="00D70D9E" w:rsidRPr="001F4BA9" w:rsidRDefault="00D5571D" w:rsidP="00B00AEE">
-[...4150 lines deleted...]
-    <w:p w14:paraId="278A7EA0" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w14:paraId="57996D18" w14:textId="5E9B3B4D" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>на вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07288D28" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="33FB1F44" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39BBE085" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="028C897E" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="43EB3C9C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3280FC66" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="195F92B9" w14:textId="01251643" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="007E3D91" w:rsidP="00E23E0F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 14 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="51473E7C" w14:textId="77777777" w:rsidTr="007E3D91">
+        <w:trPr>
+          <w:trHeight w:val="626"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="648368C9" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2057C1D6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B3FEEA" w14:textId="4D4BDAF2" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="007E3D91" w:rsidP="00873C6B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140011, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Катаева, 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="36139C04" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3534EEF8" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC0645A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D6BCBE" w14:textId="484A2643" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="007E3D91" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 68-35-00</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 87476146825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="3183F41A" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="29551AE0" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F4B98C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="077F1637" w14:textId="3F033E9F" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="007E3D91" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Sosh14@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="5E770918" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E386529" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="448D95F5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BEBD76" w14:textId="48A31628" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="003153C2" w:rsidP="003153C2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5571D" w:rsidRPr="00D5571D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>начальных классов с русским языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r w:rsidR="00C6039D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="36F41F35" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="17A4C486" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27140440" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F3CE3C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="353BBC79" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FBA3E48" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="35993BE8" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5DFFEE" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="073038D6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60012861" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27770BBF" w14:textId="7E5807BD" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пециальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="002743D5" w:rsidRPr="002743D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">129 258,89  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D0A778E" w14:textId="7BA41E37" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00DB2E41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="002743D5" w:rsidRPr="002743D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">159 626,94  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="7DF73CB8" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="529C0B65" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476E12E8" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64D839BA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562B808A" w14:textId="77777777" w:rsidR="000B74EC" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000B74EC" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DEF2485" w14:textId="77777777" w:rsidR="00276140" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00276140">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00276140" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A58DBDB" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="3B2A844D" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E148B8" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAF87A6" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F3A5C0" w14:textId="779AE5E2" w:rsidR="008D234C" w:rsidRPr="008D234C" w:rsidRDefault="00D5571D" w:rsidP="000B74EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="008D234C" w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="008C48C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="008D234C" w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="008D234C" w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="008C48C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="008D234C" w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="31B32D16" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="692257BC" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="008D234C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="658CB85D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6289A54B" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55972275" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2211D825" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="219DBDAA" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B81DB67" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FCAE48B" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25AE9871" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="361AE8EA" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="416625E2" w14:textId="77777777" w:rsidR="008D234C" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C836E2" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49EE1F2B" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2E8EC2" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48279606" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="32BFD263" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D574B7" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34EB7483" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E18BDF" w14:textId="6BC9C0F0" w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="03F6FAC8" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77A10F80" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...194 lines deleted...]
-    <w:p w14:paraId="6E7CED8A" w14:textId="77777777" w:rsidR="00505A52" w:rsidRPr="001F4BA9" w:rsidRDefault="00505A52" w:rsidP="001F4BA9">
+    <w:p w14:paraId="34FF83D4" w14:textId="77777777" w:rsidR="00F24D9F" w:rsidRPr="001F4BA9" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="00505A52" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="00F24D9F" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5379,50 +3467,51 @@
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="002743D5"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D1403"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
@@ -5476,51 +3565,50 @@
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00505A52"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
@@ -6915,78 +5003,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90BDC573-B168-4D19-AC31-50D0D80068F1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3710495A-450D-4482-9027-C8FCB031D0A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>664</Words>
-  <Characters>3791</Characters>
+  <Words>693</Words>
+  <Characters>3954</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4447</CharactersWithSpaces>
+  <CharactersWithSpaces>4638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>