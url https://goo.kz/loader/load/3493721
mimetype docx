--- v0 (2025-12-09)
+++ v1 (2025-12-29)
@@ -1,15047 +1,10349 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="737AF089" w14:textId="71707E29" w:rsidR="008F4C70" w:rsidRPr="00E4191A" w:rsidRDefault="008F4C70" w:rsidP="00E4191A">
+    <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4191A">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4E6A9FB2" w14:textId="03A4E089" w:rsidR="008F4C70" w:rsidRPr="00E4191A" w:rsidRDefault="008F4C70" w:rsidP="00E4191A">
+    <w:p w:rsidR="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4191A">
+      <w:r w:rsidRPr="009E30D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="004E79E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының № 35 жалпы орта білім беру мектебі» КММ</w:t>
+        <w:t>№35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31A32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>старшего вожатого</w:t>
+      </w:r>
+      <w:r w:rsidR="008E22E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3786033D" w14:textId="6746A223" w:rsidR="00B20C30" w:rsidRPr="00E4191A" w:rsidRDefault="00B20C30" w:rsidP="00E4191A">
+    <w:p w:rsidR="00FB0AC1" w:rsidRPr="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4191A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009E30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-[...127 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(на вакантную должность)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F4C70" w:rsidRPr="00E4191A" w14:paraId="14447D65" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3E40A1" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="22423F6D" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00BF3775">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="004E79E5">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00BF3775">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00BF3775">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="004E79E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F4C70" w:rsidRPr="0030787D" w14:paraId="42D604F4" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="228B4D08" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="5516EE5E" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республика Казахстан, Павлодарская</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> область,                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C4926" w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="004E79E5">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город </w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">авлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="004E79E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айманова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="004E79E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="6BC36A68" w14:textId="35FE66DF" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRDefault="004E79E5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BF3775">
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14000</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>8 (7182) 537104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRDefault="004E79E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...148 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF3775">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF3775">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>osh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF3775">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF3775">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F4C70" w:rsidRPr="0032392D" w14:paraId="725561A7" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1401AFC5" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1FC0D21D" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="43496931" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="00E754F0" w:rsidRDefault="00E31A32" w:rsidP="00E31A32">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31A32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>старшего вожатого</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Аға тәімгер, 1 жүктеме</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="004E79E5" w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 ставка</w:t>
+            </w:r>
+            <w:r w:rsidR="004E79E5" w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F4C70" w:rsidRPr="00E4191A" w14:paraId="46DD3163" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5090303D" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="469775A4" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="008E22E0" w:rsidRDefault="004E79E5" w:rsidP="008E22E0">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E22E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обеспечивает организацию воспитательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="008E22E0" w:rsidRDefault="004E79E5" w:rsidP="008E22E0">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организует текущее и перспективное планирование воспитательной работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="008E22E0" w:rsidRDefault="004E79E5" w:rsidP="008E22E0">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E22E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обеспечивает разработку документации по воспитательной работе, по подготовке и проведению культурно-воспитательных мероприятий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="008E22E0" w:rsidRDefault="004E79E5" w:rsidP="008E22E0">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E22E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E22E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществляет систематический контроль за качеством содержания и проведения воспитательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D01FB" w:rsidRPr="008E22E0" w:rsidRDefault="004E79E5" w:rsidP="009D01FB">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E22E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...120 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="008E22E0" w:rsidRDefault="004E79E5" w:rsidP="008E22E0">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F4C70" w:rsidRPr="0032392D" w14:paraId="3B264DED" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2EBC8DAA" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="12938AE0" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="00E31A32">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 ставку – </w:t>
+            </w:r>
+            <w:r w:rsidR="00E31A32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>105 000 тенге</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F4C70" w:rsidRPr="00E4191A" w14:paraId="31387473" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...4 lines deleted...]
-          <w:p w14:paraId="47884D1F" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+      <w:tr w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="530377CD" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4717CFA2" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы в организациях образования не менее 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C4926">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...514 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории" или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации педагога – эксперта или педагога – исследователя или педагога - мастера.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F4C70" w:rsidRPr="0032392D" w14:paraId="1625A596" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5DD83173" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="49EDE22B" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="00E31A32" w:rsidP="007A0524">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="008F4C70" w:rsidRPr="0032392D">
+            <w:r w:rsidRPr="0032392D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="008F4C70">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="008F4C70" w:rsidRPr="0032392D">
+            <w:r w:rsidRPr="0032392D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidR="008F4C70" w:rsidRPr="0032392D">
+            <w:r w:rsidRPr="0032392D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="008F4C70">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="008F4C70" w:rsidRPr="0032392D">
+            <w:r w:rsidRPr="0032392D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F4C70" w:rsidRPr="00E4191A" w14:paraId="59278C1E" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...7 lines deleted...]
-          <w:p w14:paraId="3D4E3778" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+      <w:tr w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidTr="004E79E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7CB2D779" w14:textId="77777777" w:rsidR="008F4C70" w:rsidRPr="0032392D" w:rsidRDefault="008F4C70" w:rsidP="008F4C70">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="009E30D9" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0032392D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень необходимых </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...173 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...211 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...283 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...254 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...120 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...466 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="005C4926">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...23 lines deleted...]
-            <w:pPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E79E5" w:rsidRPr="005C4926" w:rsidRDefault="004E79E5" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...36 lines deleted...]
-              <w:t>тұрақты</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="600674EB" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C03CB3" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="4D575FAE" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...9 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2AD28F7D" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...24 lines deleted...]
-            </w:tcBorders>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AD789AC" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="69C96E76" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6F9FA31E" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A41B892" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2652B0DA" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BFE70CD" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C742FC" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...47 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1161B5E3" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8B6E00" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C07DA1B" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14470B10" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C02E94" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
-[...84 lines deleted...]
-    <w:p w14:paraId="359B1D82" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AC7DCF2" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0073E5CB" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794340DC" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241C26E5" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
-[...20 lines deleted...]
-    <w:p w14:paraId="670CDEA7" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C6A719" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="270562A5" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A61176" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785ACC3B" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E59F3DC" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BED25A5" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03CA2C46" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2963"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="78F8C389" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E111A52" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-            <w:pPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3459824C" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-            <w:pPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...19 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68E869A9" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-            <w:pPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...23 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="6FCF7B0A" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A724CB0" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-            <w:pPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DF4E7C3" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-            <w:pPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="076BE601" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-            <w:pPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="516376C0" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-            <w:pPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05B01FEE" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50C59326" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:t>Біліктілік</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(</w:t>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>раста</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>күні</w:t>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>):</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46AB00A8" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2944FD6E" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>жұмыс</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>______________________________________________________________</w:t>
+        </w:rPr>
+        <w:br/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>Келесі</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>:__________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
-    </w:p>
-[...528 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...65 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE135D" w:rsidRDefault="00BE135D" w:rsidP="005C4926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="10569BFA" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39C996C5" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05A9D7DD" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FCAFA06" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="08E68FA0" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="10209FA1" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E98A74C" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5156F735" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65AA72A0" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56FC55CA" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...149 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29741547" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
-[...35 lines deleted...]
-    <w:p w14:paraId="65611809" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10395" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="18F83D77" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58E409E7" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F5CCDB1" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="664BD2EB" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...29 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05E7767D" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...28 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="1BB94938" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="099B074E" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="065ABA1A" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61A22FF1" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...41 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="261608BE" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...131 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="365A32D9" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...16 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...198 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="7E497F8B" w14:textId="77777777" w:rsidTr="00795302">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B73EDC4" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4975350B" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3080D3B8" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...131 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="594702D3" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...25 lines deleted...]
-              <w:t>- ғ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...26 lines deleted...]
-              <w:t>- ғ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...11 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="510C7F50" w14:textId="77777777" w:rsidTr="00795302">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0193AFF0" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D13EDD" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...31 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="011E2C21" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="677D0091" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="418BB914" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...41 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...70 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71C77728" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...24 lines deleted...]
-              <w:t>е</w:t>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>кінші</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...33 lines deleted...]
-              <w:t>б</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>ірінші</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...33 lines deleted...]
-              <w:t>ж</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...213 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="00E4191A" w14:paraId="780B535A" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D8F98FE" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08ED5285" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13837C48" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36437FF8" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...65 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="47928E38" w14:textId="77777777" w:rsidTr="00795302">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6589A10C" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BF44537" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1510327D" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...77 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="296DA148" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...17 lines deleted...]
-              <w:t>п</w:t>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>едагогикалық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...29 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="00E4191A" w14:paraId="418B5EC5" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C66E291" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="720EC7EA" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C1843C9" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09ED3F87" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...44 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="00E4191A" w14:paraId="4CF7764D" w14:textId="77777777" w:rsidTr="00795302">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ABF7EBD" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F6DE3F7" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...59 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75CF4342" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...402 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FC8737C" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали «Қазақстан еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...336 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="765C9729" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C824602" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CC492FE" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...41 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C47F310" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...68 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>тізбесіне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...409 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="00E4191A" w14:paraId="791ACCD3" w14:textId="77777777" w:rsidTr="00795302">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="591FECEA" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38D0B1F0" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...41 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3947115D" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...77 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7671FA11" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...86 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="00E4191A" w14:paraId="0EDDAC1B" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="687"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1430A4FB" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2935F200" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...41 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1591A20D" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>пәндік</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> - </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>цифрлық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>сауаттылық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...360 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
-[...564 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74854DEB" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="7530AE05" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69203630" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1</w:t>
-[...14 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13CBB9FD" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09AADDA1" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B051E3C" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...23 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5B9C" w:rsidRPr="000312ED" w14:paraId="46BCFA25" w14:textId="77777777" w:rsidTr="00795302">
+      <w:tr w:rsidR="005C4926" w:rsidTr="005C4926">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6790F7BD" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="00795302">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...18 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AD525AC" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E131538" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
+    <w:p w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D21E819" w14:textId="77777777" w:rsidR="002E5B9C" w:rsidRPr="000312ED" w:rsidRDefault="002E5B9C" w:rsidP="002E5B9C">
-[...412 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="0032392D" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...891 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...658 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00FB0AC1"/>
+    <w:rsid w:val="00422CAC"/>
+    <w:rsid w:val="004E79E5"/>
+    <w:rsid w:val="005C4926"/>
+    <w:rsid w:val="007A0524"/>
+    <w:rsid w:val="00800752"/>
+    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="009D01FB"/>
+    <w:rsid w:val="00B960C4"/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rsid w:val="00D54EC1"/>
+    <w:rsid w:val="00E31A32"/>
+    <w:rsid w:val="00EF15A7"/>
+    <w:rsid w:val="00F02508"/>
+    <w:rsid w:val="00F95C75"/>
+    <w:rsid w:val="00FB0AC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="111022BE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB0AC1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FB0AC1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E22E0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E22E0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE135D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -15141,1031 +10443,426 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...577 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="252860218">
+    <w:div w:id="654917497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="335617763">
+    <w:div w:id="775448987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="814177345">
-[...25 lines deleted...]
-    <w:div w:id="1199471041">
+    <w:div w:id="936328936">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11634</Characters>
+  <Pages>7</Pages>
+  <Words>1995</Words>
+  <Characters>11375</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ECO</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13647</CharactersWithSpaces>
+  <CharactersWithSpaces>13344</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>