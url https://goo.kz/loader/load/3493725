--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,10061 +1,11770 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="7E9690D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00387958">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="713F8502" w14:textId="5A447ACB" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D70D9E" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тіл</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00D521C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>орыс тілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-    <w:p w14:paraId="2CDE9623" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="000B78E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387958">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000B78E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ваканттық орынға</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1FD6" w:rsidRPr="00387958">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1FD6" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="2A589193" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D521C7" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="723292A8" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19311DFC" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C581634" w14:textId="5B6511C8" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00661D74">
-            <w:pPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00387958">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>21</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> города Павлодара»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00387958">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 21 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="2B29BEF1" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="22D56F39" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7118A7BC" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59E7C2D1" w14:textId="64261848" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="00873C6B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14000</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+              <w:t>140001</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Камзина, 346</w:t>
+              <w:t>Камзин</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="4CA40B91" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7B8EF66B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36906307" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C33DCA2" w14:textId="1FEC682E" w:rsidR="005A16CD" w:rsidRPr="00635CEC" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00387958">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="569143AA" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4C5C95E9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16EFFC7D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB61005" w14:textId="0D91E74F" w:rsidR="005A16CD" w:rsidRPr="00407673" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00407673">
-[...8 lines deleted...]
-              <w:t>sosh21@goo.edu.kz</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00E95246" w:rsidRPr="00E95246">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>osh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E95246" w:rsidRPr="00E95246">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="613BA3F8" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D521C7" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDDC546" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE5D336" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7703A0C5" w14:textId="62A436B7" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="00970E80" w:rsidP="00BD4594">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="00387958" w:rsidP="000B78E0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...8 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>русского языка и литературы</w:t>
-[...59 lines deleted...]
-              <w:t>а</w:t>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тіл</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ін</w:t>
+            </w:r>
+            <w:r w:rsidR="00060012">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">де оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00D521C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс тілі</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі, </w:t>
+            </w:r>
+            <w:r w:rsidR="000B78E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="7B2387C1" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D521C7" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="480E4B6B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6770180B" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52574579" w14:textId="1027968A" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...10 lines deleted...]
-          <w:p w14:paraId="791106E0" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...10 lines deleted...]
-          <w:p w14:paraId="1D41AA00" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="1F277596" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1D1BFB70" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5589C922" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B19601B" w14:textId="1BFE2D29" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="005A16CD" w:rsidP="000A5249">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="000A5249" w:rsidRPr="000A5249">
-[...10 lines deleted...]
-          <w:p w14:paraId="4788DDD9" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="68B3B95A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">129 258,89 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">159 626,94 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="410F8738" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D521C7" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47D6CD77" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16951D22" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="718B5F17" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="356C17DB" w14:textId="14ADD510" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="005A16CD" w:rsidP="000A5249">
+          <w:p w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="000A5249" w:rsidRPr="000A5249">
-[...10 lines deleted...]
-          <w:p w14:paraId="0EDC06B3" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...10 lines deleted...]
-          <w:p w14:paraId="06C14F65" w14:textId="29F9C836" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="14BDB836" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC34BA9" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3A3D7A" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B555C2A" w14:textId="08AE1E0C" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="00970E80" w:rsidP="00A81D9B">
-            <w:pPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00893AF2" w:rsidP="00850E98">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>6</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00850E98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00377311">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00850E98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>.08.2023ж</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A16CD" w:rsidRPr="00B3089F" w14:paraId="5238C72A" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D521C7" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D50BA52" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="004D07D1" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D07D1">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D08B94D" w14:textId="77777777" w:rsidR="005A16CD" w:rsidRPr="00B3089F" w:rsidRDefault="005A16CD" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4661452F" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...30 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000A5249">
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...330 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00520C9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...10 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A5249">
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A5249">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00630AA8" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="049F5F5A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="000A5249">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...55 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A5249">
-[...49 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4AA9" w:rsidRPr="00B3089F" w14:paraId="54522E56" w14:textId="77777777" w:rsidTr="005A16CD">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="149EC225" w14:textId="6FC876C0" w:rsidR="00DB4AA9" w:rsidRPr="00DB4AA9" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73727B41" w14:textId="77777777" w:rsidR="00DB4AA9" w:rsidRDefault="00DB4AA9" w:rsidP="00DB4AA9">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...28 lines deleted...]
-              <w:t>вакантной должности</w:t>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DCD3409" w14:textId="5DBFD2FD" w:rsidR="00DB4AA9" w:rsidRPr="000A5249" w:rsidRDefault="000A5249" w:rsidP="00970E80">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="000B78E0" w:rsidRDefault="000B78E0" w:rsidP="00B475E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>вакантная должность</w:t>
+              <w:t>ваканттық орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="673D86A6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...5 lines deleted...]
-          <w:szCs w:val="10"/>
+    <w:p w:rsidR="003153C2" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="572E8D4B" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00D62DB3" w:rsidTr="00961B27">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E6379D4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D62DB3" w:rsidRPr="00DC10A3" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01174CA6" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+          <w:p w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="75E42C1B" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="4D7D03AA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:r w:rsidRPr="00DC10A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="50027FE0" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="0AF09C87" w14:textId="77777777" w:rsidR="000A5249" w:rsidRDefault="000A5249" w:rsidP="00BE28CF">
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D62DB3" w:rsidRPr="00F7191E" w:rsidRDefault="00D62DB3" w:rsidP="00961B27">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...796 lines deleted...]
-              <w:t>Форма</w:t>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2FEF53FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w:rsidR="00E51B79" w:rsidRPr="001F4BA9" w:rsidRDefault="00E51B79" w:rsidP="00C61A11">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0B75A6F1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="3B922E76" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="720D4692" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="3672D895" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-    <w:p w14:paraId="6EEBA24C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D07D1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D07D1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004D07D1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004D07D1">
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21F7496B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...348 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2115"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2724"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="10A2555D" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidTr="00C61A11">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBC30F4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51B79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51B79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AAEE14C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51B79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C378A80" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00E51B79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19C91A75" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+            </w:pPr>
+            <w:r w:rsidRPr="00E51B79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="7D064BD7" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidTr="00961B27">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB19C50" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC68680" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6122A361" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08E2BA00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75987FFF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76735471" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (бер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...293 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61A11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...11 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61A11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                          </w:t>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51B79" w:rsidRPr="00E51B79" w:rsidRDefault="00E51B79" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="2"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="434C9409" w14:textId="77777777" w:rsidTr="00A620FA">
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7577B5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="447E4CCB" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C54F31E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00D4564D" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
-[...1 lines deleted...]
-              <w:pStyle w:val="a4"/>
+          <w:p w:rsidR="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4564D">
+            <w:r w:rsidRPr="00872670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="a4"/>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4564D">
+            <w:r w:rsidRPr="00872670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="a4"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D4564D">
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="a4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D4564D">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="a4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D4564D">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t>Форма</w:t>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6BD808B7" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="002E00FE" w:rsidRDefault="000A5249" w:rsidP="000A5249">
-[...8 lines deleted...]
-    <w:p w14:paraId="59D34073" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+    <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="185C723E" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="000A5249">
+      </w:pPr>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00872670">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A5249" w:rsidRPr="00B25802" w14:paraId="7652FDFD" w14:textId="77777777" w:rsidTr="00A620FA">
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="257D6E2A" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57F80524" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60EA25A5" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11B3168B" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E747FAE" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00D521C7" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00D521C7" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00D521C7" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00D521C7" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00D521C7" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00872670" w:rsidRPr="00872670" w:rsidTr="00961B27">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00872670">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4F1081" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="463912DC" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="00B25802" w:rsidRDefault="000A5249" w:rsidP="00A620FA">
-[...220 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00872670" w:rsidRPr="00872670" w:rsidRDefault="00872670" w:rsidP="00872670">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...4108 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1873DEDA" w14:textId="77777777" w:rsidR="000A5249" w:rsidRPr="0020641A" w:rsidRDefault="000A5249" w:rsidP="000A5249">
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="00095A0B" w:rsidSect="00247927">
+    <w:p w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00E51B79">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1275"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D62DB3" w:rsidRPr="001F4BA9" w:rsidRDefault="00D62DB3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00D62DB3" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00A534F8" w:rsidRDefault="00A534F8" w:rsidP="00D62DB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00A534F8" w:rsidRDefault="00A534F8" w:rsidP="00D62DB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00A534F8" w:rsidRDefault="00A534F8" w:rsidP="00D62DB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00A534F8" w:rsidRDefault="00A534F8" w:rsidP="00D62DB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00810274"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00FC1891"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00060012"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="0009459A"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B4C73"/>
+    <w:rsid w:val="000B74EC"/>
+    <w:rsid w:val="000B78E0"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155E25"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4BA9"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00276140"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002C76CF"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="0033199C"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003766CF"/>
+    <w:rsid w:val="00377311"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00387958"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D3C7D"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="00497D57"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B1185"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="00520C9B"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="005763A2"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="006047B3"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="00613D17"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="00630AA8"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00641D33"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A5DB1"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="007078F2"/>
+    <w:rsid w:val="007129B6"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007B3E56"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00834BCF"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00850E98"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F75"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00872670"/>
+    <w:rsid w:val="00873C6B"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="00893AF2"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C7FA1"/>
+    <w:rsid w:val="008D234C"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922118"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009540D9"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A0584B"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40329"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A534F8"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A86EE1"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B475E6"/>
+    <w:rsid w:val="00B4786A"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C05FBC"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C61A11"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C756E2"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C800AA"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D521C7"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D62DB3"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D922C4"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB2E41"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E23E0F"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40125"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51B79"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E95246"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB2F11"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC773A"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F04BB4"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F24D9F"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F52F7C"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F60C7B"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5FE57418"/>
-  <w15:docId w15:val="{BADC1CBB-9DB5-4024-B2CA-B0CD2CA9BC42}"/>
+  <w15:docId w15:val="{2DA9DED1-AB99-4AFD-A5E5-60933E53C850}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10396,138 +12105,358 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00661D74"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00661D74"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D62DB3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D62DB3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D62DB3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D62DB3"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a8"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E51B79"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a8"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00872670"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A5249"/>
+    <w:rsid w:val="00872670"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10561,86 +12490,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -10776,85 +12703,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88AA638F-8CEF-43D5-83B2-8A3460908D32}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5DAF7A5-9D57-435A-8AA1-6DA0596FFA16}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2042</Words>
-  <Characters>11644</Characters>
+  <Words>1974</Words>
+  <Characters>11258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Home</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13659</CharactersWithSpaces>
+  <CharactersWithSpaces>13206</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>