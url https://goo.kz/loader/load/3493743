--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -2,18051 +2,23205 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11072" w:type="dxa"/>
+        <w:tblW w:w="10930" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="460"/>
-        <w:gridCol w:w="2107"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2240"/>
+        <w:gridCol w:w="1568"/>
+        <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
-        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="1755"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10470" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Павлодар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шапық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өкин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру гимназия-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектебі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» КММ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нәтижесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...455 lines deleted...]
-            <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:tcW w:w="2240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5665A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ФИО кандидат</w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+              <w:t>Кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>а</w:t>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> ТАЖ (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C5665A">
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>образование</w:t>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C5665A">
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>должность</w:t>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C5665A">
+              <w:t>куәлігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>результат</w:t>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C5665A">
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>примечание</w:t>
-            </w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нәтижесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ескертпе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2107" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Тілеген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00C5665A">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қбота</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5665A">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қанатбекқызы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...56 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2107" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мугарап</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5665A">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Үміт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5665A">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Багдаулетқызы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...56 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2107" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Бижанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Айзада</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Оразгелдиқызы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...56 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
-[...222 lines deleted...]
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...131 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лувсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бекзат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнаулы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...124 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарипова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Майгуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...131 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Каниева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дана </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Армановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
-[...437 lines deleted...]
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...140 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жунусова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дамегуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Уахитовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...45 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Султанова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Камила</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Талгатовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (31.05.2024 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гулнара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ерболат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оспанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дидар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Каскырбаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="795"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2107" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Косыбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5665A">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Айгерим</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Маратовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...56 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Малдыбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нураим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бекдаулетовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="840"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ібай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айбүбі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қуантайқызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="660"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берикбай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жайнагул</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хафиз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гүлбегім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құрметбекқызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бекболат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Серікбол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="795"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абдуллина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мадина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Амантаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Каршиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гулдона</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кахрамонкизи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ержан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қбота</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ержанқызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Капсалямова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Туяковна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Юхтовская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дарья Георгиевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сиюткина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Виолетта Владиславовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Машрапова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дана </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Асановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ахметова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Болатовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="915"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жармаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мақпал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ермұхамбетқызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Темирова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айнур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бауыржановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="915"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Темирова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гулим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бауыржановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жанкаринова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ажар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусабековна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="855"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ержан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айгерім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сарсимбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Асима</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темирболатовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Картова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мадина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Манаповна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бекенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гульназ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калкамановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">музыка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пәні</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аубашева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алмагуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Канатовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">музыка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пәні</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Игликова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Амина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Валеновна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">музыка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пәні</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пилигримов Олег Денисович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">музыка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пәні</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Талжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Диана Александровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">музыка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пәні</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Михновец</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сергей Александрович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">математика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сивирина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алла Федоровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">физика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бариева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Малика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ойратовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">физика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Потемпа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Юлия Владимировна </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">физика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Муханова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Батобаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыздар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...182 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Школьникова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Валентина Александровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыздар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...207 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Асемсеитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Манаповна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыздар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...166 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейскенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айгуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кабдулловна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қыздар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="990"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қабылбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Болатбекұлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...187 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дмитриев Сергей Сергеевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...180 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жуманов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ержан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахстанович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...178 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жакаманов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рустам </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Каирбекович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...188 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бекболат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Беркбол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...196 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мухамедьярова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Адель </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бауржановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...203 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ахметов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аманжол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Еркинулы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...123 lines deleted...]
-              <w:t>учитель начальных классов        (с рус</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Капсалямова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Даяна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Туяковна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00C5665A">
-[...4 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00C5665A">
-[...107 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...171 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сагандиков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Талгат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Каирбекович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...189 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Боранбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Махсат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аукенович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...194 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жакупбеков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мади</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Муратович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...187 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рамазанова Дина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Токтасқызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>вожатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...45 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...179 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абдуллина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тагировна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...179 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ахметова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Асия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Арнұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...197 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шактаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Азамат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бауржанович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...188 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Штейн Денис Александрович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...197 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Резникова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Камила</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кенжебаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...188 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Глаголев Кирилл Васильевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...140 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Колыбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айслу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Толегеновна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...140 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ауталипова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дарина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайратовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...124 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кушнаренко  Ксения Сергеевна </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...115 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жандә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>улет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Талғатқызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...115 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Саденова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алтынай </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жанатовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...124 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Емельянова Людмила Вячеславовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
-[...6658 lines deleted...]
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="735"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...106 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Утельдинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айгерим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мустафақызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">химия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
-[...236 lines deleted...]
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:tcW w:w="2240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:tcW w:w="2240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5665A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Секретарь </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t>Конкурстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>комиссияның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...23 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidTr="00C5665A">
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6359" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="8202" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5665A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">конкурсной комиссии                   </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+              <w:t>хатшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Муратхожина</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+              <w:t xml:space="preserve">                                                             </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Е.</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+              <w:t>Муратхожина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>В</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+              <w:t xml:space="preserve">  Е.В </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
-                <w:sz w:val="27"/>
-[...9 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-            <w:tcW w:w="460" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3666" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidTr="00814B5E">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C5665A">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="151515"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00814B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тамыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C5665A" w:rsidRPr="00C5665A" w:rsidRDefault="00C5665A" w:rsidP="00C5665A">
+          <w:p w:rsidR="00814B5E" w:rsidRPr="00814B5E" w:rsidRDefault="00814B5E" w:rsidP="00814B5E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD54B3" w:rsidRDefault="00C5665A"/>
-    <w:sectPr w:rsidR="00BD54B3" w:rsidSect="00C5665A">
+    <w:p w:rsidR="00BD54B3" w:rsidRDefault="00814B5E"/>
+    <w:sectPr w:rsidR="00BD54B3" w:rsidSect="00814B5E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C5665A"/>
+    <w:rsidRoot w:val="00814B5E"/>
     <w:rsid w:val="000F6E99"/>
     <w:rsid w:val="002257AF"/>
+    <w:rsid w:val="00814B5E"/>
     <w:rsid w:val="00890916"/>
     <w:rsid w:val="00B51A9D"/>
     <w:rsid w:val="00BF33E6"/>
-    <w:rsid w:val="00C5665A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -18413,51 +23567,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="665279706">
+    <w:div w:id="603542366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -18726,65 +23880,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>988</Words>
-  <Characters>5634</Characters>
+  <Words>986</Words>
+  <Characters>5625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6609</CharactersWithSpaces>
+  <CharactersWithSpaces>6598</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>53_ПК_1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>