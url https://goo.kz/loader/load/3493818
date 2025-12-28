--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,1352 +1,1374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7B3DED9E" w14:textId="706B9D51" w:rsidR="009214B7" w:rsidRDefault="00EF1FD6" w:rsidP="009214B7">
+    <w:p w14:paraId="30F615AC" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00407933">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4714088E" w14:textId="77777777" w:rsidR="009214B7" w:rsidRPr="00B66486" w:rsidRDefault="009214B7" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BAA23B9" w14:textId="1A2942CA" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD568F" w:rsidRPr="00AD568F">
+      <w:r w:rsidR="00A40329" w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі орыс тілінде оқытатын </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на должность учителя </w:t>
       </w:r>
-      <w:r w:rsidR="001D35C7">
+      <w:r w:rsidR="004253E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">хореография </w:t>
+        </w:rPr>
+        <w:t>хореографии</w:t>
       </w:r>
-      <w:r w:rsidR="00AD568F" w:rsidRPr="00AD568F">
+      <w:r w:rsidR="0019140C" w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>мұғалімі лауазымына конкурс жариялайды</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00332CC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским </w:t>
+      </w:r>
+      <w:r w:rsidR="008D234C" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517B2A11" w14:textId="77777777" w:rsidR="001D35C7" w:rsidRDefault="001D35C7" w:rsidP="009214B7">
+    <w:p w14:paraId="792971E8" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009214B7" w:rsidRPr="004F1E88" w14:paraId="6339D97A" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="4726E0E5" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11D1BE23" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="4603BB4E" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36780262" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="18357A14" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35002FE3" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="56990377" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="0019140C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">имени </w:t>
+            </w:r>
+            <w:r w:rsidR="0019140C" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С. Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w14:paraId="57AD2A09" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="10DA6F7F" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D58F822" w14:textId="77777777" w:rsidR="009214B7" w:rsidRPr="005A41C2" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
-            <w:pPr>
+          <w:p w14:paraId="398E83EA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19340FE3" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="2B676FDE" w14:textId="373F0C45" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождени</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, почтов</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5241A4" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="30426633" w14:textId="77777777" w:rsidR="002F105B" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140000, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Торайғыров көшесі, 24 </w:t>
-[...77 lines deleted...]
-          <w:p w14:paraId="34F5A726" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                               </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A3B528B" w14:textId="7E578672" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009214B7" w:rsidRPr="00B66486" w14:paraId="00B7E185" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="26F41C2D" w14:textId="77777777" w:rsidR="009214B7" w:rsidRPr="00B66486" w:rsidRDefault="009214B7" w:rsidP="009214B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE9B74C" w14:textId="49C1651B" w:rsidR="009214B7" w:rsidRPr="00B66486" w:rsidRDefault="009214B7" w:rsidP="009214B7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номер телефон</w:t>
+            </w:r>
+            <w:r w:rsidR="007B6CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A29CD5B" w14:textId="17EC0697" w:rsidR="009214B7" w:rsidRPr="00B66486" w:rsidRDefault="009214B7" w:rsidP="009214B7">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w14:paraId="1B0E1554" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="009214B7" w:rsidRPr="00B66486" w14:paraId="71080140" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B224FF3" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
-            <w:pPr>
+          <w:p w14:paraId="29536D68" w14:textId="77777777" w:rsidR="009214B7" w:rsidRPr="00B66486" w:rsidRDefault="009214B7" w:rsidP="009214B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6200C9" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="0098EA34" w14:textId="1B50A7E2" w:rsidR="009214B7" w:rsidRPr="00B66486" w:rsidRDefault="009214B7" w:rsidP="009214B7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00C4DAE4" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="055D8D72" w14:textId="37932F26" w:rsidR="009214B7" w:rsidRPr="00B66486" w:rsidRDefault="009214B7" w:rsidP="009214B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh28@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w:rsidRPr="004F1E88" w14:paraId="3B6FDC52" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="3C710339" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0654E959" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="5B24F618" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0288B24C" w14:textId="46BA354F" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="3401E70A" w14:textId="0078C3B5" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="007200D4">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDC2446" w14:textId="3A740C81" w:rsidR="009214B7" w:rsidRPr="009214B7" w:rsidRDefault="001D35C7" w:rsidP="009214B7">
+          <w:p w14:paraId="226FF75A" w14:textId="1886A6D3" w:rsidR="00A40329" w:rsidRPr="003842BF" w:rsidRDefault="003153C2" w:rsidP="00B5661C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...13 lines deleted...]
-              <w:t>хор</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003842BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
             </w:r>
             <w:r w:rsidR="00B5661C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...47 lines deleted...]
-              <w:t>1 бос жұмыс орны-16 сағат</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">хореографии </w:t>
+            </w:r>
+            <w:r w:rsidR="003842BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 вакансия - </w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="003842BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w:rsidRPr="004F1E88" w14:paraId="4BC53508" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="64CEB11F" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D640609" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
-            <w:pPr>
+          <w:p w14:paraId="56957F24" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="114875B8" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="403B7553" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23D8BD48" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="4410C48C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="4CE237CA" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52510F11" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="1D8328E9" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ABBE1B6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w14:paraId="70495002" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="5C71518E" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67904B32" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
-            <w:pPr>
+          <w:p w14:paraId="686DE054" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25A1AE75" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="5A43F033" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46AE8A8E" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="7B62ADC3" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-          <w:p w14:paraId="31065170" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B11EDC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="5A6F0616" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пециальное образование( min): 12</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 586</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF98BB5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="001B3451">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>145,115</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w:rsidRPr="004F1E88" w14:paraId="0C9998B6" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="49133B30" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="478F4AA5" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="02529446" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F2F87C3" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="350EF32F" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D782C4A" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19941CEF" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4647F4AA" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="6226B28C" w14:textId="77777777" w:rsidR="000B74EC" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="5181F92B" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000B74EC" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="019C87C5" w14:textId="77777777" w:rsidR="00276140" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00276140">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="0240D78B" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00276140" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D113B0C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w14:paraId="128B448D" w14:textId="77777777" w:rsidTr="00B2605F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="1AC300A3" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B842DD8" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="01D2812D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DFC35A" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="03B23B92" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B56230B" w14:textId="0E890577" w:rsidR="009214B7" w:rsidRDefault="004F1E88" w:rsidP="00B2605F">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="67A40790" w14:textId="1C880367" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="00407933" w:rsidP="00354EA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="00AA640D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1405,12179 +1427,8542 @@
             <w:r w:rsidR="00AA640D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00AA640D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w:rsidRPr="004F1E88" w14:paraId="5631D78C" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="45BBA86E" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03D189C0" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="45FC35E5" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="189E4AE4" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="2FC8341D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77AC735F" w14:textId="32504B94" w:rsidR="00407933" w:rsidRPr="00B66486" w:rsidRDefault="00407933" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BABD2E4" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
-            <w:pPr>
+          <w:p w14:paraId="2DD2F3E8" w14:textId="0E05064B" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r>
-[...188 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E3D071" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...220 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EC04BA1" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...109 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...198 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02222B65" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...201 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...79 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73E7753D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...119 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1189A42B" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...431 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>денсаулық</w:t>
-[...92 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="686BCB87" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-            <w:r>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B8E8ACF" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
-            <w:pPr>
+          <w:p w14:paraId="0A6BE5F1" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...46 lines deleted...]
-            <w:r>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16700337" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
-            <w:pPr>
+          <w:p w14:paraId="6861179B" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...42 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...259 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FD372F7" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT) - 60-65 балл; болу керек.</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DEE6FE2" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A1026AC" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
-            <w:pPr>
+          <w:p w14:paraId="5F46F835" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40ACF18E" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009214B7" w14:paraId="4040F059" w14:textId="77777777" w:rsidTr="00B2605F">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="3B98432B" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="512706B3" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="4B39679D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6138EFFF" w14:textId="353163F7" w:rsidR="009214B7" w:rsidRDefault="00CB1E9B" w:rsidP="00B2605F">
+          <w:p w14:paraId="7448E233" w14:textId="13321E48" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Б</w:t>
-[...8 lines deleted...]
-              <w:t>ос лауазымының мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="605BE3D9" w14:textId="549BDA85" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="00B2605F">
+          <w:p w14:paraId="2B1ABB82" w14:textId="04C0655C" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="003153C2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16514B1E" w14:textId="77777777" w:rsidR="009214B7" w:rsidRDefault="009214B7" w:rsidP="009214B7">
+    <w:p w14:paraId="5B559366" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00B66486" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="277DBB4D" w14:textId="47BB8DFF" w:rsidR="003153C2" w:rsidRPr="00B66486" w:rsidRDefault="003153C2" w:rsidP="009214B7">
+    <w:p w14:paraId="7D049488" w14:textId="77777777" w:rsidR="00F24D9F" w:rsidRPr="00B66486" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="33C31580" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E1C9F26" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B1251DF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58DB7C0D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7732E6B8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76CA258A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440F1359" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11660CAF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="130156C4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="356A51BB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ACE3312" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="638A25F5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45DF21D6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C21F5EC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE416C7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="124ACB67" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A69F29A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D8CE306" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10EE384C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF26A4B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E478F0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13008A26" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C08A21" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="737FE1E9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C0AA441" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F4C07CA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72D3905E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50ACAC8A" w14:textId="3113F604" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D874D0B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="3A7FBCA3" w14:textId="77777777" w:rsidR="00407933" w:rsidRDefault="00407933" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AA37131" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="012EA6C5" w14:textId="77777777" w:rsidR="00407933" w:rsidRDefault="00407933" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B3A489C" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="7537AC1B" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B66486" w:rsidRDefault="00407933" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...735 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="67BA06A8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...1818 lines deleted...]
-    <w:p w14:paraId="0B6403E7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0B6403E7" w14:textId="4B1649A4" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   </w:t>
+        <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="425"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="177"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="36001588" w14:textId="77777777" w:rsidTr="004F1E88">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="36001588" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F65943" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="057A0AE1" w14:textId="39A35F07" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="03CB167E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="212A8743" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="7793E49C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FB63B9D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D19FB7C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38D18ADB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59C8BFFC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="057A0AE1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="00B25802" w14:paraId="5F48C0EB" w14:textId="77777777" w:rsidTr="004F1E88">
+    </w:tbl>
+    <w:p w14:paraId="3C46DA4C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="053171ED" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EC3C2E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CD9B90" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD5978A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007200D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2353C4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007200D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42513662" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A01F93" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E8194D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381F8314" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF46385" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599AA335" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C740372" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B4E210" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B515BC1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B39A9B9" w14:textId="485F75BD" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие  вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="0026772E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хореографии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E30D0F0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01CC398B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C83F5F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2733E9FF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA494E3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF0733F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C822D3A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790DCEED" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21C85788" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD2B295" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2123"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="01B3AA2E" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
+          <w:trHeight w:val="951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3719BE1E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="719F6361" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB48251" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F81D7D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9029DD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA2DAE1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="5607182B" w14:textId="77777777" w:rsidTr="00832C04">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64946247" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8B2725" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14698FC2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BCCCBC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="69371B96" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022A2DE6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272F9351" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67335E32" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38B197DB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101B716C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DAECF1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C08F92" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A50D2D2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B482A7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D051BA2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1801DCF6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A868B4F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369B032E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D5DF5D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE6E2F3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9D8156" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777779DC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="002A52C6" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8AE0E9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E32B61" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F7C240A" w14:textId="77777777" w:rsidR="00407933" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                                  (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)      </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="4525B160" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="46F09B55" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="510CC113" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1783DAEE" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="7157CE64" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3872A824" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="5095C006" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="21A93217" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF47D06" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="72F35AFE" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D6D16AA" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7CF6BCC7" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D0B362D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="20B51DE6" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222A1B97" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44712F05" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="051DD257" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="004F1E88">
+    <w:p w14:paraId="5212928E" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="002E00FE" w:rsidRDefault="00407933" w:rsidP="00407933">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="641AF459" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="004F1E88">
+    <w:p w14:paraId="2D8D33E5" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="00407933">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...40 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0C97A8" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="00407933">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>п</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...100 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791CE2A1" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="004F1E88">
-[...35 lines deleted...]
-    <w:p w14:paraId="642F34B2" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="004F1E88">
+    <w:p w14:paraId="0722DC1B" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="002E00FE" w:rsidRDefault="00407933" w:rsidP="00407933">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="00B25802" w14:paraId="511F817B" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="3D5D7B21" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02057466" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="5F62A3A4" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="662CAE61" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2ABD57" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AEA759" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7456B4A8" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...198 lines deleted...]
-            </w:pPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="00B25802" w14:paraId="4ACFBC53" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="4C543FA2" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40B7291F" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="4649829F" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4DB15125" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="0D24DB3E" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2682CBD7" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="59FB85F4" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...123 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D2B0F4" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="214ED6D5" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="004D03FA" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>- т</w:t>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68946026" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="004D03FA" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F39898B" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="004D03FA" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...8 lines deleted...]
-          <w:p w14:paraId="67DB3CCE" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D5E5702" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="004D03FA" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>- ж</w:t>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="273CECCD" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...192 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E54806D" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="67553EB9" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="00B25802" w14:paraId="230BDEF6" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="101EFA5C" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="571A106D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1DF518FD" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECC7142" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6421D887" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="017C8DEF" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225DC9F7" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0319CECB" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="61A10BC4" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F774487" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D8C9824" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45B57BE6" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5F0E7B" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBB5C0C" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C7309E" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="0A4D0B0E" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E78971E" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="7A4D4D65" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="134A2102" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="029F0AD0" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DE10BAA" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="2A6E8F6D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...123 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E811579" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D894C9A" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="6921C1BC" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="774C9399" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F123006" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>- ғ</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C93125" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ылыми</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="4FC744C0" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C6F1F8C" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>- ғ</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>ылыми</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E1A2628" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C36C6BE" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C732450" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA55072" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7845013A" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="00B25802" w14:paraId="17CD0AE2" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="45473524" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19754A07" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="48ADCAAA" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45EBF87A" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="4E44A689" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08A841BB" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="3AB5BA40" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Сертификат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39EE5B81" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="68B6F2FA" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D9456D5" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ED40670" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08394307" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="3707E775" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="00B25802" w14:paraId="0FCC233D" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="778C77CF" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57CE8469" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28BAA449" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B3D4CD4" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B91F5C" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF4C4B1" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="622AA3F3" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E07F9D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="2AC3C2C9" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30274171" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="62DD2EDE" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D064E82" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="5A5BDF6D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25FED5DA" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="11973E34" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...47 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5ED327" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="723A100D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-              <w:t>е</w:t>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>кінші</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3886C7A5" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>санат</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="1CD75989" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25A5E7C6" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...37 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...263 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="170E046A" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="68B960CF" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="004F1E88" w14:paraId="14B02DC8" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="03971206" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33146DD7" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31C69C42" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B6570EF" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DAA5C4F" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA43A96" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266857F2" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C02B563" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EF53B9A" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00FC7C55" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="713A863E" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D3CEFA8" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C3046E" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="358DC84D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4A11BC" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="23910AA3" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25708EA3" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="559B108C" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A1CD4E2" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="002E00FE" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="38D6B6AF" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F1FE1DA" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="002E00FE" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="202B19AA" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...32 lines deleted...]
-              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35285CC9" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="30844A2D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E1E7BC2" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="527EB265" w14:textId="77777777" w:rsidR="00407933" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E00FE">
-[...18 lines deleted...]
-          <w:p w14:paraId="687C56C5" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="618E9C43" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...36 lines deleted...]
-            </w:r>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4664662A" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="370DB2CC" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="00B25802" w14:paraId="24E54381" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="556FFB72" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E51D07B" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73B7BA2D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A6E32BA" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="209CF672" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A723F8" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671BAF8B" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 2 языках, русский/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C2A4828" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1EE625" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="345F7A35" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45D900F0" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="440E34BB" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3105C244" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="002E00FE" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="7009CE7C" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="44FA84B1" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="4343621C" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B1797C7" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23266B56" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>Білімі</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F08502" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D2B4B23" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>туралы</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:p>
+          <w:p w14:paraId="50EE340A" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D4F318F" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="422D1131" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="55F96143" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B1526B9" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="557B69D0" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A972BE6" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="147C0082" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>дипломның</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B25802">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742C28B5" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B25802">
-[...5 lines deleted...]
-              <w:t>қосымшасы</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D228B68" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114B051A" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59C159E8" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="060F74A4" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>п</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>едагогикалық</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19FA61EA" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...107 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28501FEB" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="358B1989" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="004F1E88" w14:paraId="07616E31" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="5C7464E4" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A5B6A22" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="4DE00A23" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70034BA7" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="26F1B41D" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="497A3370" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="21977662" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70142D92" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="4AA549C5" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...35 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E528F8" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="420BDEF0" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1E88" w:rsidRPr="004F1E88" w14:paraId="138E7BED" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00407933" w:rsidRPr="00B25802" w14:paraId="3FA494FD" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FCCF4D7" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="784F7882" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...15 lines deleted...]
-              <w:t>8</w:t>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34D9A7EF" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="1BCF12D5" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="001235A7" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0C4EC6" w14:textId="77777777" w:rsidR="004F1E88" w:rsidRPr="00B25802" w:rsidRDefault="004F1E88" w:rsidP="003019A3">
+          <w:p w14:paraId="721235BD" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="00B25802" w:rsidRDefault="00407933" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...3313 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C46DA4C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="27F4752B" w14:textId="77777777" w:rsidR="00407933" w:rsidRPr="0020641A" w:rsidRDefault="00407933" w:rsidP="00407933">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidSect="00B66486">
+    <w:p w14:paraId="0D03EED3" w14:textId="73D28D1A" w:rsidR="00B66486" w:rsidRPr="002A52C6" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B66486" w:rsidRPr="002A52C6" w:rsidSect="00B66486">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14470,90 +10855,90 @@
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="00407933"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="004253E4"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F1E88"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
@@ -15893,66 +12278,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15DA6BF0-62F0-4021-B35C-B27A0BE40659}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2008</Words>
-  <Characters>11449</Characters>
+  <Words>2109</Words>
+  <Characters>12024</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13431</CharactersWithSpaces>
+  <CharactersWithSpaces>14105</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>