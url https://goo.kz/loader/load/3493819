--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -1,1298 +1,1468 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5C8425D8" w14:textId="77777777" w:rsidR="00796D99" w:rsidRDefault="00796D99" w:rsidP="00796D99">
+    <w:p w14:paraId="420752B4" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="009418C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB7CD48" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="324B3A25" w14:textId="77777777" w:rsidR="003365B7" w:rsidRDefault="00B66486" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00270DA6">
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="54ACB465" w14:textId="6ADE0262" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00796D99">
+    <w:p w14:paraId="0B026201" w14:textId="6D971429" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00E17D9E" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270DA6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс тілінде оқытатын</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F20400">
+        <w:t>учителя физической культуры</w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019140C" w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00270DA6">
+        </w:rPr>
+        <w:t>с русским</w:t>
+      </w:r>
+      <w:r w:rsidR="008D234C" w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>мұғалімі бос лауазымына конкурс жариялайды</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00F20400" w14:paraId="47C5DF45" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="0DE99B8F" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="00917A3C" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="75767B8E" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="680B06B8" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="5D6EE375" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A0DA028" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="0218D680" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="0019140C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00270DA6">
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">имени </w:t>
+            </w:r>
+            <w:r w:rsidR="0019140C" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С. Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00B66486" w14:paraId="56C878A4" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="1F0CD977" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0D133183" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="56017320" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="345F2118" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="10AA699F" w14:textId="2454D58C" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождени</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, почтов</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40855987" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="397B8186" w14:textId="77777777" w:rsidR="00BB0C36" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14000</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...103 lines deleted...]
-          <w:p w14:paraId="01CF94F7" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A2A7D0" w14:textId="4192D829" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00456D1A" w:rsidRPr="00B66486" w14:paraId="30A31A34" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFF6A4B" w14:textId="77777777" w:rsidR="00456D1A" w:rsidRPr="00B66486" w:rsidRDefault="00456D1A" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="439DA4B3" w14:textId="1E93E10F" w:rsidR="00456D1A" w:rsidRPr="00B66486" w:rsidRDefault="00456D1A" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номер телефон</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C43E9F" w14:textId="42F1C58C" w:rsidR="00456D1A" w:rsidRPr="00B66486" w:rsidRDefault="00456D1A" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00B66486" w14:paraId="46EEBE09" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="00456D1A" w:rsidRPr="00B66486" w14:paraId="689CF326" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="72F56FCD" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="7C30F875" w14:textId="77777777" w:rsidR="00456D1A" w:rsidRPr="00B66486" w:rsidRDefault="00456D1A" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCEF4BF" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="7DB889DA" w14:textId="2A2DC8E1" w:rsidR="00456D1A" w:rsidRPr="00B66486" w:rsidRDefault="00456D1A" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A90252B" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="2B8D5906" w14:textId="04EF188C" w:rsidR="00456D1A" w:rsidRPr="00B66486" w:rsidRDefault="00456D1A" w:rsidP="00245AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00470D9A" w14:paraId="7C014FC8" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="4C0FF4EC" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFD29D3" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="6828ECF1" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3A533A" w14:textId="38039148" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00456D1A">
+          <w:p w14:paraId="0516C839" w14:textId="4EDA4EF3" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00456D1A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56BAF15E" w14:textId="1B252B8A" w:rsidR="00796D99" w:rsidRPr="00796D99" w:rsidRDefault="00796D99" w:rsidP="00796D99">
+          <w:p w14:paraId="560BF10C" w14:textId="086FC6E6" w:rsidR="00A270EF" w:rsidRDefault="00502659" w:rsidP="00A270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя физической культуры</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90B00" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> русским языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A270EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E97AE29" w14:textId="7A66BF9C" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00796D99">
+          <w:p w14:paraId="232B37FF" w14:textId="40708CF5" w:rsidR="00A40329" w:rsidRPr="00502659" w:rsidRDefault="00077E88" w:rsidP="00077E88">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00796D99">
-[...17 lines deleted...]
-              <w:t>6 сағат</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008873B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>вакансия: 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00502659">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00F20400" w14:paraId="0F59BDBC" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="19B358BF" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="595E9348" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="1B33DFEC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C451317" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="30222093" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20FA1C58" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="284877F4" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="361E1E48" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F2E893A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3C7C807B" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3753821D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00B66486" w14:paraId="408BB070" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="4D0CD506" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="00D0A0FB" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="1060526F" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EBC5BD4" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="5A4724E5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1BB904" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="765F4459" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...23 lines deleted...]
-          <w:p w14:paraId="7195D46C" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FCDFE65" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-          <w:p w14:paraId="1C032ABF" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пециальное образование( min): 12</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 586</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA55077" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="001B3451">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t>теңге</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>145,115</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00F20400" w14:paraId="60A29447" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="681F7948" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49FC845D" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="00552153" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="776ECF28" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="5CEC0DF8" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="710E1688" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66E0D25D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="448359EA" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="59F317E5" w14:textId="77777777" w:rsidR="000B74EC" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E1D3F3E" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000B74EC" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DE88B6C" w14:textId="77777777" w:rsidR="00276140" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00276140">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="43103A8A" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00276140" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D39A944" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00B66486" w14:paraId="0CE741F1" w14:textId="77777777" w:rsidTr="00070C48">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="646CAA25" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="581F40F5" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="1A7CA85C" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="420BD6B0" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="3B5385CC" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B37F60D" w14:textId="09EBE8A3" w:rsidR="00796D99" w:rsidRPr="0020749F" w:rsidRDefault="003A0692" w:rsidP="0020749F">
-            <w:pPr>
+          <w:p w14:paraId="0E40BBAE" w14:textId="2089F5F9" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="009418C7" w:rsidP="00354EA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="0020749F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
@@ -1343,7864 +1513,8525 @@
             <w:r w:rsidR="0020749F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="0020749F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00F20400" w14:paraId="7456A7F5" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="452136E1" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED97FA3" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="37C84687" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="190255D3" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="194670E7" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09A34FAE" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
-            <w:pPr>
+          <w:p w14:paraId="3E6608D0" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B6CE48F" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) </w:t>
+              <w:t>2) документ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын құжат</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B89295A" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+              <w:t>3) заполненный</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68042EA5" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+              <w:t xml:space="preserve">4) </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="037E5EB0" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">5) </w:t>
+              <w:t>5)  копию документа, подтверждающую</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек қызметін растайтын құжаттың</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22034B40" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">нысан бойынша </w:t>
+              <w:t xml:space="preserve">6) </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>денсаулық жағдайы туралы анықтама</w:t>
-[...23 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="736A8A66" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">7) </w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10EEE9D2" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
-            <w:pPr>
+          <w:p w14:paraId="594C5514" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық ұйымнан анықтама</w:t>
+              <w:t>справку с наркологической организации</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="388CC527" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
-            <w:pPr>
+          <w:p w14:paraId="6068BB01" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>9</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) сертификаттаудан өту</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">немесе </w:t>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагог-модератордан </w:t>
-[...8 lines deleted...]
-              <w:t>төмен емес</w:t>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қолданыстағы</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> куәлік </w:t>
-[...22 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CDAEDEE" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">10) </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT) - 60-65 балл; болу керек.</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E691C2" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="365DE000" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
-            <w:pPr>
+          <w:p w14:paraId="5972B88F" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="211F342C" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">13) </w:t>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">кандидаттың </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> кемінде </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
             </w:r>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796D99" w:rsidRPr="00B66486" w14:paraId="3CB8AA79" w14:textId="77777777" w:rsidTr="00070C48">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="3477D1A4" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B765372" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="264326BD" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="456C168E" w14:textId="5FEDD4E7" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="7931E1B2" w14:textId="3FFFD4B3" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00456D1A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бос лауазымының мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAA0CC4" w14:textId="420D8C17" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00070C48">
+          <w:p w14:paraId="09AC5CFB" w14:textId="548FB7AF" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="003153C2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1370B3AF" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00796D99">
+    <w:p w14:paraId="73B24CDA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00B66486" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65A9FE3D" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00796D99">
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1A3B43F4" w14:textId="77777777" w:rsidR="00F24D9F" w:rsidRPr="00B66486" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="22CFBC3F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="6EAAABBF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="167593BB" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="248BC2DD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37B1346B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="20BF5128" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2434AB4A" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="66994033" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="139BF520" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="2040C81C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61178BCA" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="70499D01" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F5AA2F1" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="53193077" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3329DA3C" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="08651DE0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67A5EBBD" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="2A37C948" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6351977C" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="39319DC2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C2D6A7B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="3F7DE3B5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="055AC2E2" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="5B95747D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05F3158C" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="0FA2C22B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="598E4D3C" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="71FFAE88" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4335EB89" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="78D7791C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0699C076" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="7D4E21FA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5379329A" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="397A68EF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B971F93" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="28186F12" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FA33E3E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="4C69BBA3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5497A378" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="0F503B9A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58670F5B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="140B3F31" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04C4EAF5" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="0E83EFC7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="117664C4" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="769268E0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060469AE" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="69CE536E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7256EDB5" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="2B639F1E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BEA2D1F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="27DC1AEA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31D1B52F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="420154C1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5520AB62" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="481D5079" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="615BAA3D" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="27A4FC10" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="149EC59F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00B66486" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...295 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="7F66BDF0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6205F2D6" w14:textId="77777777" w:rsidR="007826C5" w:rsidRPr="00B66486" w:rsidRDefault="007826C5" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60EC1E30" w14:textId="5CE94253" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4F0189" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="5852DFE9" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="4EB923C1" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="756438A0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="3AFAC667" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C99F02" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="419A2AE5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="526C65FD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B66486">
-[...9 lines deleted...]
-          <w:p w14:paraId="0EE5F688" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          </w:p>
+          <w:p w14:paraId="239169BD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="272F7AFA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C922E6F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="638D8BCE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F0C29B3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CA7796C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A8758C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="48394683" w14:textId="77777777" w:rsidR="00796D99" w:rsidRPr="00B66486" w:rsidRDefault="00796D99" w:rsidP="00832C04">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59B23434" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24899F83" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38DF9F95" w14:textId="77777777" w:rsidR="00796D99" w:rsidRDefault="00796D99" w:rsidP="00796D99">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2F9D81AD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4884862A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270DA6">
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+        <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E64E30E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="1F1BDB91" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC30925" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7F678220" w14:textId="29408AF1" w:rsidR="00B66486" w:rsidRPr="00456D1A" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="77427E25" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00456D1A">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003365B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>____________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F7F126" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4CEE4A00" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003365B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C99C5E1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00456D1A">
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EB0B76" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00456D1A" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="62492772" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456D1A">
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7B3108" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0E235A61" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00456D1A" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="3014D9F9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFAE5AC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456D1A">
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D4EEAAB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7649C482" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="578D9223" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0704A4F1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5466CE87" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...84 lines deleted...]
-    <w:p w14:paraId="3B27144D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="583872D0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6542A2B7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0899776C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48693107" w14:textId="0ED59A8E" w:rsidR="00B66486" w:rsidRPr="00796D99" w:rsidRDefault="00796D99" w:rsidP="00796D99">
+    <w:p w14:paraId="02872642" w14:textId="4A5C404A" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допус</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тить меня к конкурсу на занятие</w:t>
+      </w:r>
+      <w:r w:rsidR="00434BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB16D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя физической культуры</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:spacing w:val="-1"/>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D3520C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FF664F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F04CE45" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="266A2AA6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F2E644" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E788EE0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220E0EDA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105C9531" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AD44407" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>не</w:t>
-[...5 lines deleted...]
-          <w:spacing w:val="-1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068ABEA0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...193 lines deleted...]
-    <w:p w14:paraId="7A840762" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4C42A878" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2123"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="6D95321A" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="2B8E12FD" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="361C3A5B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="3445DAF6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79773324" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="76EDE143" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EE7B5A3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF1DA4C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="3A2FF014" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-            </w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="155076F2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="5C19FC24" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4AEFD397" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BEAD8DA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="60EE6B95" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="17CA65ED" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FAFFF04" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="047B4E0E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD701C2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="096E0FE8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6B705A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="5E65002F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70C216B7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="63C50129" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35A20BC5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4AB4FB61" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24AA59D6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="1C1CA09E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>Біліктілік санатының болуы (бер</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(раста</w:t>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114A81DA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7264415D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2C7D55" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>) күні):</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>____________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36453558" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="44D0D2C3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="181C3934" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="1A32551D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F7FDF3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD60089" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDF5684" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6607027B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DCB3744" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="35F724B1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B66486">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+    </w:p>
+    <w:p w14:paraId="65476561" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4813E818" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7F091439" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...60 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBBC9FE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="1A59D4AE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4540F6FB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0340E85D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684FCFA0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="6C1EE065" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58DD2229" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="77936DC3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="002A52C6" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36747475" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="6DE6D855" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CA4861F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4C0636E1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="069773CB" w14:textId="77777777" w:rsidR="009418C7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...238 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...41 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                                  (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B66486">
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">                   </w:t>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00B25802" w14:paraId="094A8686" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="0C958EDA" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1C599B" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="7B41E89E" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DA67D74" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="2A85E63E" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6727A594" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="6DDEA147" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="770801D1" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE08F2" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="093AB414" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3109F1F9" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2C1B0E33" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6594B0ED" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="24FC9771" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14545B47" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="033E6AD8" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B176633" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003A0692">
+    <w:p w14:paraId="60960561" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="002E00FE" w:rsidRDefault="009418C7" w:rsidP="009418C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BB869C1" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003A0692">
+    <w:p w14:paraId="7659564F" w14:textId="4FF2E8EF" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="009418C7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...142 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBDBF93" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003A0692">
-[...35 lines deleted...]
-    <w:p w14:paraId="666B0F31" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003A0692">
+    <w:p w14:paraId="5C50FDD2" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="009418C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A265B80" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="002E00FE" w:rsidRDefault="009418C7" w:rsidP="009418C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00B25802" w14:paraId="5071AAEF" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="127AAD69" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3432ABC2" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="1C90FACB" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00F2078E" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="601882D7" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27604B0C" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="342BE19A" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...154 lines deleted...]
-            </w:pPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00B25802" w14:paraId="5FEF62EB" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="536D4D7E" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33B7768E" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="075B4E2B" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="204BF65C" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="54D283DD" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D36F9EC" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="2B1990A0" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="611E85AF" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="0ECE0DB7" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="004D03FA" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="6AFB7831" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11F0D2D1" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="004D03FA" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="4C3EE60A" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ED44B47" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="004D03FA" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="240BD963" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1158DB35" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="004D03FA" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B25802">
-[...8 lines deleted...]
-          <w:p w14:paraId="759F76F0" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18DE2FC3" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...22 lines deleted...]
-              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A2DC70" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="1EDB0576" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00B25802" w14:paraId="7618B8B2" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="41479636" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2342BB82" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="522030CF" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37FD5316" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C693D53" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C6253D2" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="233681BF" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1C49C9" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="46CC9B33" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="725A688F" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="116A3914" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="331C62F2" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="630CBDF8" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AE0CE0C" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4DA556" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="4E100595" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7DB2ADFB" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="326ACDE4" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AC96EF8" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="46697FEA" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...29 lines deleted...]
-              <w:t>академиялық дәрежесі</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2CB2F271" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="585D16E9" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0644DFDC" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="680BA46D" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="1B4CAE07" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="21AFDF76" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67BCF15F" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="731C80FD" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5684B781" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...22 lines deleted...]
-              <w:t>ылыми кандидат = 10 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C80C294" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B58521" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78C102E6" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F992F70" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="278D62EC" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="52BD9528" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00B25802" w14:paraId="3F9DFECF" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="3D44B29F" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D727103" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="57B30E1A" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="619AE7E4" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="0B30E7A5" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0EBF11FD" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="6E336381" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Сертификат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5321C990" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="447D3F67" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F62FDB" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6696AB70" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="523E6B0F" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="3D3BE172" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00B25802" w14:paraId="62961A3B" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="40033E1E" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F85604C" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0ACBF19E" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D01021B" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABA9921" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2391603B" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B2577BA" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="076EC835" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="42BC9AD3" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B45154E" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="5772ECD3" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="144F1D77" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="6EF43204" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A2A26B0" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="292FBBB7" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-              <w:t>уәлік, басқа құжат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E1AFA36" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="2741237D" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="6BFDE65F" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08FB3B3F" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="067BB4FD" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="291C8248" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...173 lines deleted...]
-              <w:t>едагог-шебер = 10 балл</w:t>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="090010ED" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="45BEC5F1" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00F20400" w14:paraId="14867D94" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="1C7A2CAC" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="588C562F" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AD3387F" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="342B176F" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742ED91C" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="444BF491" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F24002" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="588E64B1" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69B9BD94" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15AACA75" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5425AF5D" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C559DA" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6214DC95" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="555F188B" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3D7339" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="7AC761E7" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="337923E0" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="16108998" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49620511" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="002E00FE" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="137B4E29" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50693BF6" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="002E00FE" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="7C72285F" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...32 lines deleted...]
-              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="702E1D96" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="4283CE88" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5597015C" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D1C0AFA" w14:textId="77777777" w:rsidR="009418C7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E00FE">
-[...18 lines deleted...]
-          <w:p w14:paraId="3431FFCD" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57DDE984" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...36 lines deleted...]
-            </w:r>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13573B31" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="77545ED7" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00B25802" w14:paraId="1CBC6263" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="70A358F1" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E03C83D" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0225A69A" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="79751EA2" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D253201" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36FC123A" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F5407F1" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 2 языках, русский/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C1B6B0" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="038A6DCF" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="4DFB83B2" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="068C41C7" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="4597FEFA" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4DC42CCF" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="002E00FE" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="731D862C" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79F7DFE8" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="4EB13F84" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00DE9CC6" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77310808" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F0E0C46" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F9B810" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2F172776" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2651B80E" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="280EB0ED" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56A644A5" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A451E5" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11E6A3DF" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58296825" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="478D2DE1" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E25F3CC" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61069187" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5409DFA1" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3555B7E6" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="19D4F96F" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="347CCCB2" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A71D7EA" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-              <w:t>«жақсы» = 0,5 балл</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602C40BC" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="1C74F584" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00F20400" w14:paraId="7A20919C" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="7CC4C7DB" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02172DA3" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="44F82D17" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E3E6622" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="7FE694A2" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AE10EBB" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="4BE0FD6B" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36FEE763" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="1166C160" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...35 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47614854" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="2E1528A3" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0692" w:rsidRPr="00F20400" w14:paraId="009B4579" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="009418C7" w:rsidRPr="00B25802" w14:paraId="454C0B7D" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E7EF85F" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="24342A2D" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...15 lines deleted...]
-              <w:t>8</w:t>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="780B2129" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="0042BF84" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="001235A7" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E041B21" w14:textId="77777777" w:rsidR="003A0692" w:rsidRPr="00B25802" w:rsidRDefault="003A0692" w:rsidP="003019A3">
+          <w:p w14:paraId="1BB9E327" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="00B25802" w:rsidRDefault="009418C7" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...1906 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42CDC419" w14:textId="77777777" w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidRDefault="007330E5" w:rsidP="007330E5">
+    <w:p w14:paraId="116184BE" w14:textId="77777777" w:rsidR="009418C7" w:rsidRPr="0020641A" w:rsidRDefault="009418C7" w:rsidP="009418C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007330E5" w:rsidRPr="00B25802" w:rsidSect="00B66486">
+    <w:p w14:paraId="25743546" w14:textId="0838D030" w:rsidR="00B66486" w:rsidRPr="009418C7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B66486" w:rsidRPr="009418C7" w:rsidSect="00B66486">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -9221,51 +10052,51 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -9895,50 +10726,51 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="463162176">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1051029874">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1596741488">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1209606128">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="676271078">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="982588608">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00021D92"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
@@ -9996,50 +10828,51 @@
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D2B24"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="00201BCC"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="0020749F"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00223F51"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00291323"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
@@ -10064,51 +10897,50 @@
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="003365B7"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="00354EA2"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
-    <w:rsid w:val="003A0692"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
@@ -10134,50 +10966,51 @@
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00456D1A"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00502659"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="0052061E"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
@@ -10319,50 +11152,51 @@
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7248"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009418C7"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
@@ -10420,89 +11254,91 @@
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B25496"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B66486"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00B97536"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BB0C36"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB16D9"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD1F8C"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D16EC3"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
@@ -10516,102 +11352,102 @@
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB15E4"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E17D9E"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EE7337"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
-    <w:rsid w:val="00F20400"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F35949"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD45C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
@@ -11537,66 +12373,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10CE2325-D223-4709-B1DB-6A89F5030A90}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2022</Words>
-  <Characters>11530</Characters>
+  <Words>2115</Words>
+  <Characters>12056</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13525</CharactersWithSpaces>
+  <CharactersWithSpaces>14143</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>