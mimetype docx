--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,1308 +1,1461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0D53348F" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="00EF1FD6" w:rsidP="005A41C2">
+    <w:p w14:paraId="77872E11" w14:textId="77777777" w:rsidR="003F0043" w:rsidRDefault="003F0043" w:rsidP="001E064D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17FF3438" w14:textId="77777777" w:rsidR="003F0043" w:rsidRPr="00B66486" w:rsidRDefault="003F0043" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30AEB8B7" w14:textId="77777777" w:rsidR="003365B7" w:rsidRDefault="00B66486" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk138939660"/>
-      <w:r w:rsidR="005A41C2">
+      <w:r w:rsidR="00A40329" w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="4C13FDC8" w14:textId="2D352129" w:rsidR="005A41C2" w:rsidRDefault="005A41C2" w:rsidP="005A41C2">
+    <w:p w14:paraId="39F124FD" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>орыс тілінде оқытатын қазақ тілі мен әдебиет мұғалімі бос лауазымына конкурс жариялайды</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91BE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>казахского языка и литературы</w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019140C" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>с русским</w:t>
+      </w:r>
+      <w:r w:rsidR="008D234C" w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A41C2" w:rsidRPr="0093499A" w14:paraId="42E5C80C" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="6291AD39" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35FBC576" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="7324D5F3" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D3179C" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="6730B586" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3D8A0C" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="52B0C566" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="0019140C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">имени </w:t>
+            </w:r>
+            <w:r w:rsidR="0019140C" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С. Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w14:paraId="0C17969A" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="51DE6FD0" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04385E76" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRPr="005A41C2" w:rsidRDefault="005A41C2">
-            <w:pPr>
+          <w:p w14:paraId="09AF5560" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="018C9024" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="266B0C68" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08825C32" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="016AF76C" w14:textId="77777777" w:rsidR="003F0043" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140000, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Торайғыров көшесі, 24 </w:t>
-[...77 lines deleted...]
-          <w:p w14:paraId="0D2A7B13" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C7C506" w14:textId="7FA2A593" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="2F5FDBD8" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5D74697C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55FF9B9A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A014FD1" w14:textId="56E90A01" w:rsidR="00A40329" w:rsidRPr="003F0043" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003F0043">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 53-05-12</w:t>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="005A41C2" w:rsidRPr="003F0043">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w14:paraId="5C4E7BA0" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="78393952" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39C3869B" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
-            <w:pPr>
+          <w:p w14:paraId="0B81BBEC" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0FB530" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="0B130708" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA6B3D9" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="74017D84" w14:textId="43D7EEA3" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="005A41C2" w:rsidP="00245AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh28@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w:rsidRPr="0093499A" w14:paraId="088CF8D4" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="126EA40B" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49E98343" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="4658EF1B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5D8EE3" w14:textId="5068E57B" w:rsidR="005A41C2" w:rsidRDefault="005A41C2" w:rsidP="003F0043">
+          <w:p w14:paraId="5CD9C370" w14:textId="17BE7A6A" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="003F0043">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос  лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48D4033C" w14:textId="7E66A962" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="292B775B" w14:textId="77777777" w:rsidR="00A270EF" w:rsidRDefault="00D90B00" w:rsidP="00A270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>учитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E91BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>казахского языка и литературы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с русским языком обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A270EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="038EA578" w14:textId="5EBDD993" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00DF4CF9" w:rsidP="00E91BE9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A41C2">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> бос жұмыс орны:16 сағат, 16 сағат, 16 сағат</w:t>
+            <w:r w:rsidR="00021D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00670C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ваканси</w:t>
+            </w:r>
+            <w:r w:rsidR="00E91BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidR="00021D92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00201BCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD1F8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6 часов</w:t>
+            </w:r>
+            <w:r w:rsidR="00E91BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, 16 часов,16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w:rsidRPr="0093499A" w14:paraId="452FDB2B" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="57551230" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2332A34D" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
-            <w:pPr>
+          <w:p w14:paraId="3997FD5B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68AF82FB" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="16DF7137" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3040D85C" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="150706B4" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="42B920F5" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4998D1F3" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="5332212F" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06BB37B7" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w14:paraId="6654AA32" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="55D6E82C" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57F7EB51" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
-            <w:pPr>
+          <w:p w14:paraId="75A7A9CE" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0B7570" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="3C2A3308" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA542ED" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="39F482AA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-          <w:p w14:paraId="2E052D87" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7445758B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="17B06D10" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пециальное образование( min): 12</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 586</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27BB41C5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="001B3451">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3451" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>145,115</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w:rsidRPr="0093499A" w14:paraId="364AAFC8" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="7487391A" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59122085" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="3095D65F" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27767EC9" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="7F4DD40C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="07EAB127" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CCD2E2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="519AC742" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="37C31220" w14:textId="77777777" w:rsidR="000B74EC" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="39DB219E" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000B74EC" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="519B304A" w14:textId="77777777" w:rsidR="00276140" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="00276140">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="26A580CB" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00276140" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4998587B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00B66486" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w14:paraId="0DCA27C9" w14:textId="77777777" w:rsidTr="005A41C2">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="6F891D75" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4662CC" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="02A69329" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29490F77" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="4B6830FC" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72E31C86" w14:textId="55C90C3B" w:rsidR="005A41C2" w:rsidRDefault="0093499A">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="772C0A03" w14:textId="41BD86F0" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="001E064D" w:rsidP="00354EA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="00D912E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1361,7975 +1514,8574 @@
             <w:r w:rsidR="00D912E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D912E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w:rsidRPr="0093499A" w14:paraId="52B57656" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="27919287" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F64FB1A" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="7A3C01D1" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0001C6F4" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="6B1EB9EA" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3A1C16" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
-            <w:pPr>
+          <w:p w14:paraId="14CF441D" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E74DAFC" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын құжат</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1401D635" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25836F05" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E46DC65" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек қызметін растайтын құжаттың</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F81F6C4" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...84 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">денсаулық жағдайы туралы </w:t>
-[...35 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E4A281" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A162E0A" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
-            <w:pPr>
+          <w:p w14:paraId="193B1EE2" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FF0F732" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
-            <w:pPr>
+          <w:p w14:paraId="0C1C8CDC" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) сертификаттаудан өту</w:t>
-[...10 lines deleted...]
-            <w:r>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...10 lines deleted...]
-            <w:r>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагог-модератордан </w:t>
-[...10 lines deleted...]
-            <w:r>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қолданыстағы</w:t>
-[...10 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> куәлік </w:t>
-[...22 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5495B6" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E002D06" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A1E8F44" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
-            <w:pPr>
+          <w:p w14:paraId="77CC2B13" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E9D6751" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A41C2" w14:paraId="7BC6F0B9" w14:textId="77777777" w:rsidTr="005A41C2">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00B66486" w14:paraId="17249688" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1689A905" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="16AF0183" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A25EE3F" w14:textId="76B98DFE" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="52D9C878" w14:textId="10786D4D" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="001F2468">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бос лауазымының мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C31C106" w14:textId="478940C9" w:rsidR="005A41C2" w:rsidRDefault="005A41C2">
+          <w:p w14:paraId="07EC812F" w14:textId="7705CDC1" w:rsidR="008D234C" w:rsidRPr="00B66486" w:rsidRDefault="008D234C" w:rsidP="003153C2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A0DD87A" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2" w:rsidP="005A41C2">
+    <w:p w14:paraId="71AFAA8E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00B66486" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2036901F" w14:textId="77777777" w:rsidR="005A41C2" w:rsidRDefault="005A41C2" w:rsidP="005A41C2">
-[...749 lines deleted...]
-    <w:p w14:paraId="6C4A1543" w14:textId="661A91EE" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+    <w:p w14:paraId="7B2F10E7" w14:textId="77777777" w:rsidR="00F24D9F" w:rsidRPr="00B66486" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="57A86FEB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73DA69E7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1DB376" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="177A891E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52EAEFCE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19FE9C9D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57CAE04A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D0B6C00" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A3AEBCE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21751355" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23736106" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C5DDF0D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5842AE38" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1122728A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7190C397" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59AC5F2E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44CC5422" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DC46FD2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2402B278" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16855DB8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15691132" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AC56B39" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02AF7587" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="203C6D6C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="493E969D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0124CF5E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C3403D0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72834B61" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31EFC78B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56C6EA59" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="281943C8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4A1543" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DC00166" w14:textId="77777777" w:rsidR="001E064D" w:rsidRDefault="001E064D" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799358FD" w14:textId="1EEE79B6" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="0044EADE" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="76B8DE07" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="711EA1B9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="24C9E15D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="113BAC69" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="6FD78593" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A2C3B9C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B66486">
-[...9 lines deleted...]
-          <w:p w14:paraId="395202A0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          </w:p>
+          <w:p w14:paraId="4DF79607" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1A3B7CBC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4379E3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="772CEC25" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DA7D028" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="116C3BF5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E96E70" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B3EABB5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E4E239B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6EF2F759" w14:textId="0AD32C81" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="005A41C2" w:rsidP="00B66486">
+    <w:p w14:paraId="2D2AA1E3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5791584E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A081415" w14:textId="6DBADE45" w:rsidR="00B66486" w:rsidRPr="003F0043" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7DF5962D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003F0043">
+        <w:t xml:space="preserve">«Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F75082" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="518F477D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F0043">
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D84DD7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003F0043" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="00B66C18" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F0043">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003365B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F0043">
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715D747C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003365B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19C43A1E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="294AB9DA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F65E27" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="32C8A881" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6186BC0F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="56F51B34" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="08E966A4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="14217887" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D135739" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="63199654" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6A062801" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="67A8F2B3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0939A9C6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="5773A33A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0432CAA1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0A49DEFC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B9430B8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4EFC2723" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1DDF74" w14:textId="1CF1BD19" w:rsidR="00B66486" w:rsidRPr="00B16336" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="3A764F65" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A41C2" w:rsidRPr="00B16336">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допус</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тить меня к конкурсу на занятие</w:t>
+      </w:r>
+      <w:r w:rsidR="00434BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>казахского языка и литературы</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
-[...5 lines deleted...]
-          <w:spacing w:val="-1"/>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D09BD2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F6C817" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E66FD69" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="101483EF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">не </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B16336">
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1612AE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD79985" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2943FA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3321C4A8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31823E2B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">қазақ тілі мен әдебиет пәніне </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D50EB">
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68125275" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...193 lines deleted...]
-    <w:p w14:paraId="23F192DC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="6C97C8FE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2123"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="6A28522D" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="6382B4AE" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="059BCE21" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="16069C28" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE0C7E1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="16A162F5" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485DFBDD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2360D982" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="5894233A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-            </w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="558510BD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="46184F06" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B66486">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6CE00B8F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D9C62B0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B66486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="2346672A" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00B66486" w14:paraId="2B7BB210" w14:textId="77777777" w:rsidTr="00832C04">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27E57179" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="285A60A3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="283F02BB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="2E3A167F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14587642" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="057DD258" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20BD8FE7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="46FB2308" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00832C04">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EF06C5B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="436AE694" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4879BE71" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="771CA2A4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>Біліктілік санатының болуы (бер</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(раста</w:t>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2098567B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3A6B8D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F3CC2E9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690E3172" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>):</w:t>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018BD7A9" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="608BC338" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6CDD235E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="6CCD2F41" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169AD0BE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C46D3E0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543B23D2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AA2B718" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7BDA1B42" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B66486">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+    </w:p>
+    <w:p w14:paraId="7954A95C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>____________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F571951" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="3FF22E53" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...61 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B730D2B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="48E80264" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="67CD152B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="07B080D0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B1F7B3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="194A4DCF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63786923" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="003365B7" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="5297B20C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="002A52C6" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D665F20" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="20966AE0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B5C0851" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="458ED829" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14076CFF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...238 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B66486">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B66486">
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                                  (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A52C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B66486">
+        <w:t xml:space="preserve">)                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC0CEDB" w14:textId="77777777" w:rsidR="001E064D" w:rsidRDefault="001E064D" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="28C6D304" w14:textId="77777777" w:rsidR="0093499A" w:rsidRDefault="0093499A" w:rsidP="00B66486">
+    <w:p w14:paraId="3422F388" w14:textId="77777777" w:rsidR="001E064D" w:rsidRDefault="001E064D" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="00B25802" w14:paraId="36B28791" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="2EB27CDF" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D7807A" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="2A4B8688" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2368B02C" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="2E74C7D4" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="023B5863" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="5122E13D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="39BA7D9F" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4227B71A" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="42720452" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A84767" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2B1C9A2D" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AC7DD8F" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="035388C4" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="208B980F" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26553A83" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A07A0A3" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="0093499A">
+    <w:p w14:paraId="106D4338" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="002E00FE" w:rsidRDefault="001E064D" w:rsidP="001E064D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11AA91B1" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="0093499A">
+    <w:p w14:paraId="4AB86467" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="001E064D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...142 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A3EC2C" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="0093499A">
-[...35 lines deleted...]
-    <w:p w14:paraId="46A828A7" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="0093499A">
+    <w:p w14:paraId="1EF0B1F1" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="001E064D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E71AF5" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="002E00FE" w:rsidRDefault="001E064D" w:rsidP="001E064D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="00B25802" w14:paraId="05267106" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="441AE099" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C2C7240" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="4701E984" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6855DB" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50B2716C" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B62548" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC12E53" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...154 lines deleted...]
-            </w:pPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="00B25802" w14:paraId="6B19543F" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="5479B684" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ECAAE26" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="56271B22" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3087BFC6" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="3548C11E" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62D4CBD8" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="4325669A" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="189D1129" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="0CDDFF76" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="004D03FA" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="5CA816C1" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B9DF95B" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="004D03FA" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="377DC12E" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3673E755" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="004D03FA" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="6E68DE18" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="177E8877" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="004D03FA" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B25802">
-[...8 lines deleted...]
-          <w:p w14:paraId="481D3D7F" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C45F5E0" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...22 lines deleted...]
-              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24CD17DE" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="52F67880" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="00B25802" w14:paraId="5913529D" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="207AB74C" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5BD4FF" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A071BD2" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC31152" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7C3BF3" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C14A5DB" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F2B8E76" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35051EC8" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="4875B20E" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1ED6B3E1" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2DBF8D57" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="289E0AD7" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5212917A" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D63D814" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A653A2D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="4A785057" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45C1E25B" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="663C9787" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A15A56F" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="3D8E0B15" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...29 lines deleted...]
-              <w:t>академиялық дәрежесі</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B786E23" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="0D4BF3D5" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35D5E5A1" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06261441" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="69D7349E" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="7DE3A580" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="000A7728" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="21511FEE" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C89E045" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...22 lines deleted...]
-              <w:t>ылыми кандидат = 10 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="406D8D63" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45D5D9AB" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380C52A2" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BCADEB4" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4042ADD3" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="40CE6EAA" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="00B25802" w14:paraId="4E23B45E" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="6FA6CF52" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55553E81" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="04AEF89E" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F8AF61A" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="4784852A" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4110271A" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="41F565D6" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Сертификат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23B8DA67" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="7E50AAD0" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B5F93A" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B271617" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="059F5F9D" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4587391C" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="00B25802" w14:paraId="63E0A402" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="4A874D54" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D6C690F" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7307506B" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AA50F54" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="294A1077" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19665DF4" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072F2060" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F9C856" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="0EBF80B9" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ACB6C0A" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="43AE714C" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78FC9911" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="163D4C06" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D890E6D" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="489A4CBC" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-              <w:t>уәлік, басқа құжат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DFB18C7" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="627E97DE" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="04F27871" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D951C1B" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="65033AF9" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C640655" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...173 lines deleted...]
-              <w:t>едагог-шебер = 10 балл</w:t>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0181993F" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3453D281" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="0093499A" w14:paraId="739A0169" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="50B24DC8" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="63B9F539" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70017880" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0378BCD1" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49F04A35" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225BBA82" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="340ECC3E" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36BE3726" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A56715D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2147DE58" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D299C7A" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2064CB3D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D5B19C" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="020B8E55" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1060127F" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="014297FC" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C00BB51" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="635ED29D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="031EE886" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="002E00FE" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="47C2AC86" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53CB04D7" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="002E00FE" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="12616234" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...32 lines deleted...]
-              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E8593BC" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="3D013058" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71A8766F" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66D471B0" w14:textId="77777777" w:rsidR="001E064D" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E00FE">
-[...18 lines deleted...]
-          <w:p w14:paraId="558165CB" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F1A6665" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...36 lines deleted...]
-            </w:r>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2E8B11" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="32D71B64" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="00B25802" w14:paraId="07369599" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="484746F1" w14:textId="77777777" w:rsidTr="003019A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72CD4B0D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48C52DE1" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F7DF55E" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3AEED1" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E88F56" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65CF8DB0" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="667B82A9" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B50728D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="509791E6" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76350B42" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="71795C78" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BFDD564" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="002E00FE" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="57DD6E63" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03F04542" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="64E0C379" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB7EE4C" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343D9E52" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEF78EB" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FFEB401" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="394C3BAB" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C99D687" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C7D6DA" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="318A52EC" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="229BE69A" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51EA64A1" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="282367A8" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="714C5279" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1804DFE0" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E0D47DB" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8A47DE" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="339DA60E" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="09F3E90B" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="41F83FF3" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D3FF2DB" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-              <w:t>«жақсы» = 0,5 балл</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61EE1F60" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4954ADAD" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="0093499A" w14:paraId="0B391DB5" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="7BE68429" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5415BB63" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="61C50C67" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60C2B6A1" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="5F79C22D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28E52D62" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="5D1B34BA" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0ADBD8" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="77C2B17D" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...35 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39A85E5E" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="031FF429" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093499A" w:rsidRPr="0093499A" w14:paraId="134C8D3B" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="001E064D" w:rsidRPr="00B25802" w14:paraId="04F8F5F6" w14:textId="77777777" w:rsidTr="003019A3">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29356F43" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="55690CBC" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...15 lines deleted...]
-              <w:t>8</w:t>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01FA3443" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="3A1A722C" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="001235A7" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B3966C" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B25802" w:rsidRDefault="0093499A" w:rsidP="003019A3">
+          <w:p w14:paraId="239ACEB7" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="00B25802" w:rsidRDefault="001E064D" w:rsidP="003019A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...1956 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="288DC551" w14:textId="77777777" w:rsidR="0093499A" w:rsidRPr="00B66486" w:rsidRDefault="0093499A" w:rsidP="00B66486">
+    <w:p w14:paraId="5E0089AD" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="0020641A" w:rsidRDefault="001E064D" w:rsidP="001E064D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F40F6DE" w14:textId="77777777" w:rsidR="001E064D" w:rsidRPr="002A52C6" w:rsidRDefault="001E064D" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0093499A" w:rsidRPr="00B66486" w:rsidSect="00B66486">
+    <w:sectPr w:rsidR="001E064D" w:rsidRPr="002A52C6" w:rsidSect="001E064D">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -10022,51 +10774,51 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2090688011">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="758523741">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="698507922">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="189220172">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="686175622">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="995255718">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00021D92"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
@@ -10106,50 +10858,51 @@
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="0019140C"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B3451"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E064D"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F2468"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="00201BCC"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
@@ -10440,51 +11193,50 @@
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7248"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="0093499A"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
@@ -11662,66 +12414,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{940601FA-85D0-4E6E-AE12-79CB30092544}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2029</Words>
-  <Characters>11570</Characters>
+  <Words>2127</Words>
+  <Characters>12126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13572</CharactersWithSpaces>
+  <CharactersWithSpaces>14225</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>