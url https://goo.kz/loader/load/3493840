--- v0 (2025-12-09)
+++ v1 (2025-12-19)
@@ -1,7560 +1,8508 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6273B4B1" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="00AA347D">
-[...21 lines deleted...]
-    <w:p w14:paraId="5CF0C69A" w14:textId="08E6356E" w:rsidR="004B007C" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+    <w:p w14:paraId="519CCC63" w14:textId="3057B6F6" w:rsidR="003E3EEA" w:rsidRPr="00401EA2" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6148F">
+      <w:r w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>КГУ «Средняя общеобразовательная школа</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6148F">
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">-гимназия </w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00A46579">
+      <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени Шапық Шөкин города Павлодара</w:t>
+        <w:t>Павлодар қаласының</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6148F">
+      <w:r w:rsidR="004D57FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">» объявляет конкурс на должность учителя </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шапық Шөкин атындағы</w:t>
       </w:r>
-      <w:r w:rsidR="00E30312">
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> географии</w:t>
+        <w:t xml:space="preserve"> жалпы орта білім беру </w:t>
+      </w:r>
+      <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гимназия-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04684833" w14:textId="3A2669CE" w:rsidR="00F96C74" w:rsidRDefault="0034370A" w:rsidP="0034370A">
+    <w:p w14:paraId="1C735DEC" w14:textId="4930EA3C" w:rsidR="00B00AEE" w:rsidRPr="008A670A" w:rsidRDefault="00F32099" w:rsidP="008A670A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">география </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A46579">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008A670A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0026582B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00401EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve">вакантной должности  </w:t>
+        <w:t>конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B76E4B" w14:textId="77777777" w:rsidR="00A46579" w:rsidRPr="00A46579" w:rsidRDefault="00A46579" w:rsidP="0034370A">
+    <w:p w14:paraId="10E6E8C0" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00401EA2" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="2729"/>
+        <w:gridCol w:w="6676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C83FC4E" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00F32099" w14:paraId="463B6485" w14:textId="77777777" w:rsidTr="00DE0D58">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="5A6F169C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          </w:tcPr>
+          <w:p w14:paraId="057BC234" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="72C35701" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D5FE0F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...27 lines deleted...]
-          <w:p w14:paraId="4AEDB6A0" w14:textId="7E83B5B5" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="678075FD" w14:textId="22BEA112" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-            <w:r w:rsidR="00A46579" w:rsidRPr="00A46579">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар </w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2" w:rsidRPr="007E2880">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r w:rsidR="00570B39" w:rsidRPr="007E2880">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Шапық Шөкин атындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00570B39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="737B536B" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="41C843D9" w14:textId="77777777" w:rsidTr="00DE0D58">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...32 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="6F8C1496" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BFEA943" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...22 lines deleted...]
-          <w:p w14:paraId="43822968" w14:textId="17FDC9FB" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B06966" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00401EA2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...51 lines deleted...]
-              <w:t>, почтовый индекс 140000</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Пав</w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лодар қаласы, Ак.Шөкин , 90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="44EFBB62" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="6AF6B5BA" w14:textId="77777777" w:rsidTr="00DE0D58">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...32 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="3ADFB4D9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3329BA94" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...22 lines deleted...]
-          <w:p w14:paraId="6FFFD733" w14:textId="04ABC0F9" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E7A01F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...27 lines deleted...]
-              <w:t>,</w:t>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 62-80-88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="3DEF982B" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w14:paraId="5FADBA5C" w14:textId="77777777" w:rsidTr="00DE0D58">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="15A69310" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32649545" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BF4458" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>soshg</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00772D60" w14:paraId="20D61A4E" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D345D2" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="122A606F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21977305" w14:textId="4F2A6F7F" w:rsidR="008A670A" w:rsidRDefault="00F32099" w:rsidP="00A91A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">География </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімі, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D03DAB7" w14:textId="4A2439D8" w:rsidR="00A91A38" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="008A670A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="009C3874">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00342872">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009C3874">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17EAAC06" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00862842">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00F32099" w14:paraId="41A22F3A" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="50BBD7AF" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="514E3B00" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="413A5474" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75C6BDBB" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="646995BC" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00401EA2" w14:paraId="7A655B7E" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="05FAAD6C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CDBCA8B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F62D2F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D30331F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арнайы орта білім (min): 88131</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D261E4E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00401EA2" w:rsidRDefault="00401EA2" w:rsidP="00401EA2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 108836</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00F32099" w14:paraId="5FB75791" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D73E3B7" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F3AF89" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CA1DC41" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="688BA060" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F946FE5" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C95890C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00401EA2" w14:paraId="63E52DBB" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A73716" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F8FF91" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1077EDA9" w14:textId="52E361A2" w:rsidR="005B4175" w:rsidRPr="00401EA2" w:rsidRDefault="00CA0B31" w:rsidP="008A670A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17.08.-25.08.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00F32099" w14:paraId="424A2060" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="6A1847C2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2274" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4085BBBD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00401EA2" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65800877" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD1B004" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="365A9425" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BF231AC" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25687258" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F77229" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E360B7" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="030233D0" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="068A5230" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00401EA2" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="037FA195" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00401EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526686B1" w14:textId="77777777" w:rsidR="005B4175" w:rsidRPr="00401EA2" w:rsidRDefault="005B4175" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-522"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5262"/>
+        <w:gridCol w:w="4093"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="1B39EE6C" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50B06A8B" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRPr="00F32099" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AF430A3" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRPr="00F32099" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24FAA466" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E81A5F6" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EC89E18" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4165BC63" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76F8E83F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45F2A143" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0821623B" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03C23194" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BF49A76" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01D67457" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="187C5D49" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76137EE6" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс жариялағанмемлекеттік орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F84566" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238B4009" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302454EA" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDA5EF5" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6079E7EB" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC31995" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB94298" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703C9669" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F632823" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A07B96D" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15618E53" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9DC637" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CA116E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700BA6EA" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0F45E3" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F8D814" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13863D1A" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE2CD03" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADFB944" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D342FD" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABDC337" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CF716FC" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E397AA4" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2006"/>
+        <w:gridCol w:w="3127"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="3153"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="35626468" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E3307E9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-[...24 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+          <w:p w14:paraId="7E22CF26" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1871E276" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76C35061" w14:textId="16127312" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-[...5 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="640993DE" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...79 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқуорныныңатауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BAD7813" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="5E7AA508" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...25 lines deleted...]
-            <w:tcW w:w="2274" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқукезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...25 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="221A07A3" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Дипломбойыншамамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BA3C8FC" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="55F518EC" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB2C319" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...119 lines deleted...]
-            <w:vMerge/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F35D56" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...25 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5150A27A" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...193 lines deleted...]
-          <w:p w14:paraId="41F62D08" w14:textId="23B5D334" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          </w:tcPr>
+          <w:p w14:paraId="1D76144A" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...1054 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A1260EB" w14:textId="41AFAE51" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="36C9FEDC" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E4311B0" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...807 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы (бер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«____</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
-[...3 lines deleted...]
-        <w:t>»_______________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2023</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1304D">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...18 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B890C78" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+    <w:p w14:paraId="6E0A8FFC" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68234F7A" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+    <w:p w14:paraId="2642AAEA" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмысөтілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2DACFC46" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+    <w:p w14:paraId="66A389EE" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6056D40E" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
-[...67 lines deleted...]
-    <w:p w14:paraId="28F48B1C" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+    <w:p w14:paraId="2AEF4EC5" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39ADB734" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...129 lines deleted...]
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+    <w:p w14:paraId="585A2559" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1557B0E9" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="602A8B7F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі,ғылымидәрежесі, ғылымиатағы,сондай-аққосымшамәліметтері (барболса) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B367175" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52AB8C0A" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A28431D" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A35D18" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373725FB" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B8D3DE" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A4C2A4" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CBE300" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19D02D2D" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9921" w:type="dxa"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="570"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="5777"/>
+        <w:gridCol w:w="4144"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="3AF54D8C" w14:textId="77777777" w:rsidTr="000D1ADB">
+      <w:tr w:rsidR="00DE0D58" w14:paraId="4546BBDF" w14:textId="77777777" w:rsidTr="00DE0D58">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9921" w:type="dxa"/>
-[...11 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6261D756" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E8EDCBA" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29B6A749" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F3C5B95" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29924895" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BF753B8" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A53A0A6" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="67D94719" w14:textId="77777777" w:rsidTr="000D1ADB">
+    </w:tbl>
+    <w:p w14:paraId="45A2435C" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CFF0918" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>оснемесеуақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагогбослауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ңбағалаупарағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0CD467" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3D68D6" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10395" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="3404"/>
+        <w:gridCol w:w="851"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="3BF84CE4" w14:textId="77777777" w:rsidTr="00DE0D58">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6310" w:type="dxa"/>
-[...81 lines deleted...]
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70EB7F0E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15762776" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:tcW w:w="2578" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70D49894" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26EE673E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:tcW w:w="1317" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35E7AE13" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w14:paraId="22FB8A92" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26FFBCBC" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-              <w:t>Оценка</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w14:paraId="0E2A7A34" w14:textId="77777777" w:rsidTr="000D1ADB">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="059DE06A" w14:textId="77777777" w:rsidTr="00DE0D58">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="570" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAAA371" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="104CED03" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="722D4016" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D008E71" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалықжәнекәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29656808" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3254D2B9" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгіүздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B24D88C" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F946ECA" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарысыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C6B2602" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="38877400" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14B6F324" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="499A5B22" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялықдәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41A703E3" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4D01D1" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084B8D6A" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="557CD0DB" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="306547FD" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="453FFD9C" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F79FB97" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45B5B6A8" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="672D2CF6" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B22C2B7" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F94CF29" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ADC01DA" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="25E3719A" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42F11559" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35CCE2B5" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктіліксанаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1021F866" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқақұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02430ED7" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кіншісанат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="619D00E8" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іріншісанат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F38A3F7" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарысанат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF729DA" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="170D51FC" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="750EF674" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A11AC09" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7301C4AF" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w:rsidRPr="00F32099" w14:paraId="5A82D81C" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2189D685" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF78149" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1527A69D" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2F8763" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1369BD34" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8C3E5E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51418B1E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="1DE16747" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68A99EAF" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E398AB9" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="108BAB4F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңқосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5937AFD8" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық/ кәсібитәжірибеніңнәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4861C982" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өтежақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A7C6A79" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="420D9387" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w:rsidRPr="00F32099" w14:paraId="711501D4" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B43E256" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="264EEB64" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA90F67" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC0C579" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A6491BE" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F37F740" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w:rsidRPr="00F32099" w14:paraId="7FD8DD84" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF408F7" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2608DBC0" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктерініңкөрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE31D6E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, білімалушылардыңолимпиадаларжәнеконкурстар, ғылымижобаларбойыншажеңімпаздардыңграмоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FECE624" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімніңолимпиадаларжәнеконкурстаржеңімпаздарыныңграмоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E45E378" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A345E1F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадаларжәнеконкурстаржеңімпаздары = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="160B718E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылымижобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50100118" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадаларжәнеконкурстаржеңімпаздары= 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1106CB84" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CBA399B" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F40C10F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="123B1672" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="3C0B50C3" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB70372" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="310BF4DF" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелікқызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32BDDB4A" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлықшығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38927C47" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесінеенгеноқулықтар мен (немесе) ОӘК авторы немесебірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B673D3" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесінеенгеноқулықтар мен (немесе) ОӘК авторы немесебірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00866329" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopusтізбесінеенгізілгенғылыми-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>зерттеуқызметібойыншажарияланымныңболуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E96D8E3" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w:rsidRPr="00F32099" w14:paraId="3ABEE485" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1926150B" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6502166B" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C22F565" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметінрастайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="042CD419" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46D18398" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB2471E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485F2F20" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="069FC7C1" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w:rsidRPr="00F32099" w14:paraId="0B56EDB8" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48519F01" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4DB749" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстықдайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="067D6821" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндікдайындықсертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1410702A" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлықсауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55ABBB3F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="383B3E5F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat, «Pythonтіліндебағдарламалаунегіздері» программаларыбойыншаоқыту,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft»Курсеражұмыстарынаоқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D49E39" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралықкурстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EC6D723" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3818CE" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C1C6E6C" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69C53266" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D2B54FC" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="126830E6" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKTTeaching Knowledge Test»Certificate in EMI Skills (English as a Medium of Instruction)Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4228A9DE" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»Certificate in teaching English for young learnersInternational House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D0979F9" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and TeenagersBecoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F991481" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths TeachingOnline Teaching for Educators: Development and DeliveryEducational ManagementKey Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB48AE8" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F41AB4A" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with TechnologySpecial Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55551AE3" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF54A9C" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="293C1BD7" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0204C06E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="19C910F7" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20EA5057" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            <w:tcW w:w="2097" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5818CF52" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD65072" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD90ADF" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1382BE3E" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE0D58" w14:paraId="08BE1D9D" w14:textId="77777777" w:rsidTr="00DE0D58">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6137" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...65 lines deleted...]
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="519C8F4C" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2B01B4" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="000D1ADB">
-[...65 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          <w:p w14:paraId="7E323FF5" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...1440 lines deleted...]
-              <w:spacing w:after="20"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CC82AD" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1704 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DEB95F3" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="00E1304D" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
+    <w:p w14:paraId="0082BFB2" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3300B0DC" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21E45622" w14:textId="77777777" w:rsidR="00BB01F7" w:rsidRPr="0086672B" w:rsidRDefault="00BB01F7" w:rsidP="00BB01F7">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3C8DAD4F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20B8D252" w14:textId="7B594EE4" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
-      <w:pPr>
+    <w:p w14:paraId="223E7652" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="514DF603" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36E3C335" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AC4943B" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42777C51" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CE903F1" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1249308F" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CD8A91B" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EDC2B67" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F79E9E8" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="230F3ACE" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4FBC4B" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FF73959" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A5FFCB3" w14:textId="77777777" w:rsidR="00DE0D58" w:rsidRDefault="00DE0D58" w:rsidP="00DE0D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1138BB13" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="008A670A" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00251E0D" w:rsidSect="001C307C">
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="008A670A" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01A263F5"/>
+    <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="72FCA9A6"/>
-    <w:lvl w:ilvl="0" w:tplc="35B4914C">
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...178 lines deleted...]
-      <w:start w:val="10"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -7610,284 +8558,1288 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4EC7719F"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D6B2FDE0"/>
-    <w:lvl w:ilvl="0" w:tplc="D17E851A">
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2651" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4811" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="816607714">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="1" w16cid:durableId="1525972173">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="443961601">
+  <w:num w:numId="2" w16cid:durableId="734351921">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1920555644">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="213931531">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1920628968">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1662925003">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="6" w16cid:durableId="786241491">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D15008"/>
-[...76 lines deleted...]
-    <w:rsid w:val="00FD359E"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00086169"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F1E6E"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B3608"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00342872"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00401EA2"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00460212"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D57FE"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="00570B39"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005B4175"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00772D60"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E2880"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00862842"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A670A"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C3874"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A91A38"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE599C"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47213"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA0B31"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE0D58"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1647C"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F32099"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="79FD4E9F"/>
-  <w15:docId w15:val="{F69B5383-74B3-445A-858A-9A03BFE36AC9}"/>
+  <w14:docId w14:val="2DD7CABE"/>
+  <w15:docId w15:val="{E221D230-83C8-4DE0-96D8-E606A5E009C7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8233,419 +10185,236 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F96C74"/>
-[...22 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D15008"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00456CEA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="a"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C301E5"/>
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00E702C2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00352373"/>
+    <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="FollowedHyperlink"/>
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00532E77"/>
+    <w:rsid w:val="00AC5698"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-[...39 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="177474224">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="788625376">
+    <w:div w:id="1074620305">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="808205688">
+    <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304508421">
-[...129 lines deleted...]
-    <w:div w:id="2135056280">
+    <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -8700,86 +10469,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -8915,82 +10682,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C406C536-B122-4926-9E04-DE5E57526358}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB14A5E6-851B-424E-9EDF-9061C2A40C44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1621</Words>
-  <Characters>9244</Characters>
+  <Words>1735</Words>
+  <Characters>9893</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10844</CharactersWithSpaces>
+  <CharactersWithSpaces>11605</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Uchitel</dc:creator>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>