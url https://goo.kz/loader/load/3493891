--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,5493 +1,6730 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="00156069" w:rsidP="00156069">
+      <w:pPr>
+        <w:ind w:firstLine="5103"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6599" w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="00156069" w:rsidP="00156069">
+      <w:pPr>
+        <w:ind w:firstLine="5103"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6599" w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="008B6599" w:rsidRPr="00156069">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>приказу</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008B6599" w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="00156069">
+      <w:pPr>
+        <w:ind w:firstLine="5103"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00156069">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="00156069">
+      <w:pPr>
+        <w:ind w:firstLine="5103"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00156069">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="00156069" w:rsidP="00156069">
+      <w:pPr>
+        <w:ind w:firstLine="5103"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6599" w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6599">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>179</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...64 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-20208"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-20208"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00426420">
-[...138 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Стандарт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3. Государственная услуга оказывается организациями начального, основного среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>услугодатели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>результата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляются  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронного правительства»: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00FF1477">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:eastAsia="Arial Unicode MS"/>
+            <w:kern w:val="28"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ar-SA"/>
+          </w:rPr>
+          <w:t>www.egov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>– п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ортал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1) с момента сдачи пакета документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателю, а также п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ри</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращении через портал – пят</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней для получения расписки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>зачисления в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организацию образования начального, основного среднего, общего среднего образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>на очную и вечернюю форму обучения  – не позднее 30 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>в первый класс – с 1 июня по 30 августа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2) максимально допустимое время ожидания для сдачи пакета  документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>электронная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="SUB300"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Результат оказания государственной услуги: расписка о приеме документов и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>приказ о зачислении в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организацию начального, основного среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общего среднего образования на начало учебного года. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Форма предоставления результата оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>электронная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги  на бумажном носителе  результат оформляется на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении через портал в «личный кабинет» услугополучателя приходит уведомление о зачислении в организацию образования в форме электронного документа, подписанного электронной цифровой подписью  (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...60 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) услугодателя: с понедельника по пятницу включительно, за исключением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выходных и праздничных дней, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно трудовому законодательству Республики Казахстан, в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">установленным графиком работы с 9.00 часов до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>0 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Өтінішті қабылдау және мемлекеттік </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляется с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.00 до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:kern w:val="2"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>беру</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    2) Портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>При обращении услугополучателя после окончания рабочего времени в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          9. Перечень документов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>необходимых для оказания государственной услуги при обращении услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (либо его законного представителя)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>к настоящему стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае рождения до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ, удостоверяющий личность услугополучателя (оригинал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) врачебное профессионально-консультационное заключение, форма </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>086/е, утвержденное п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>риказом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан, зарегистрированное в реестре государственной регистрации от 23 ноября 2010 года № 907</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Об утверждении форм первичной медицинской документации организаций здравоохранения» (далее - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">форма № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>086/е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>4) фотографии размером 3х4 см в количестве 2 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) заключение педагого-медико-психологической комиссии                           (при наличии). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Услугополучатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иностранцы и лица без гражданства также представляют один из следующих документов, определяющих их статус,                  с отметкой о регистрации по месту проживания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) иностранец – вид на жительство иностранца в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) лицо без гражданства – удостоверение лица без гражданства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) беженец – удостоверение беженца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="2"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – удостоверение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оралмана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="2"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При сдаче документов для оказания государственной услуги услугополучателю выдается расписка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о приеме документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>согласно приложению 2 к настоящему стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="396"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:jc w:val="both"/>
-[...163 lines deleted...]
-        <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...534 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="396"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...262 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">    5) оралман – оралман  куәлігі.</w:t>
-[...23 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRPr="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>заявление одного из родителей (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>или иных законных представителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>) услугополучателя в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>копия свидетельства о рождении услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, если дата его рождения до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронная копия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">врачебного профессионально-консультационного заключение, форма № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>086/е.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) цифровая фотография </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>размером 3х4 см;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...40 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) электронная копия заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>педагого-медико-психологической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссии (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...46 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о данных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документа, удостоверяющего личность услугополучателя, свидетельства о рождении ребенка (если ребенок родился после 2008 года) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении через портал услугополучателю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>в «личный кабинет» направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Порядок обжалования решений, действий (бездействий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местных исполнительных органов, города республиканского </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значения и столицы, района (города областного значения)  услугодателя и (или) его должностных лиц  по вопросам </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пункте 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на имя руководителя услугодателя по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, сроки и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя по вопросам оказания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказания государственной услуги,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя, поступившая в адрес уполномоченного органа  по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования можно получить посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В жалобе физического лица указываются его фамилия, имя, отчество    (при наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="459"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t> Адреса услугодателей указываются: на интернет-ресурсах Министерства (</w:t>
+      </w:r>
+      <w:r w:rsidR="00110319">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
       <w:r>
-        <w:rPr>
-          <w:b/>
+        <w:instrText>HYPERLINK "http://www.egov.kz"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00110319">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00110319">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3. М</w:t>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>емлекеттік қызметті көрсету мәселелері бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының, көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...45 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, местных исполнительных органов города республиканского значения и столицы, района (города областного значения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымды тұлғаларының</w:t>
-[...34 lines deleted...]
-        </w:tabs>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:kern w:val="2"/>
-[...20 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при условии наличия ЭЦП родителей (законных представителей). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:kern w:val="2"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:kern w:val="2"/>
-[...308 lines deleted...]
-        <w:r>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00FF1477">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
+            <w:rStyle w:val="a3"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:kern w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+            <w:lang w:eastAsia="ar-SA"/>
           </w:rPr>
-          <w:t>www.egov.kz</w:t>
+          <w:t>www.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...44 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>контакт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...48 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="right"/>
-[...147 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов и зачисление в                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>организации образования, независимо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от ведомственной подчиненности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>общеобразовательным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программам начального, основного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Руководителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наименование местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при наличии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полностью  /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="right"/>
-[...8 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...187 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:t>Прошу зачислить моего сына/дочь (Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-[...9 lines deleted...]
-          <w:bCs/>
+        <w:t>ребенка)____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обучения в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____ класс________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ______________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">полное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:t xml:space="preserve"> организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...635 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проживающего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресу_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на использования сведений, составляющих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>охряняемую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законом тайну, содержащихся в информационных системах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________«__» ____ 20 __ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов и зачисление в                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>организации образования, независимо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от ведомственной подчиненности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>общеобразовательным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программам начального, основного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о получении документов у услугополучателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FF1477">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(елді мекен, аудан, қала және облыс атауы)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:t xml:space="preserve">Организации образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">полное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расписка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        <w:t xml:space="preserve">  о приеме документов  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________ следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при наличии) услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="495"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="495"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Другие _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="0" w:firstLine="495"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:left="0" w:firstLine="495"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="005C7729" w:rsidRDefault="005C7729" w:rsidP="005C7729">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-      </w:pPr>
-[...206 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Дата приема заявления______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                </w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>(при наличии)(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ответственного лица, принявшего документы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...72 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:tab/>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...75 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId12"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получил: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / подпись услугополучателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1477">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«___» _________ 20__ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6599" w:rsidRPr="00FF1477" w:rsidRDefault="008B6599" w:rsidP="008B6599">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E70FD" w:rsidRDefault="007E70FD"/>
+    <w:sectPr w:rsidR="007E70FD" w:rsidSect="007E70FD">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-    <w:panose1 w:val="020B0602030504020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...103 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00000001"/>
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
@@ -5593,51 +6830,51 @@
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0ADD69B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E20A128"/>
     <w:lvl w:ilvl="0" w:tplc="AFEA20F8">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -5682,1146 +6919,238 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...609 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
-[...8 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
-    </w:lvlOverride>
-[...166 lines deleted...]
-      <w:startOverride w:val="4"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="115"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0010667C"/>
-[...129 lines deleted...]
-    <w:rsid w:val="00FA57F5"/>
+    <w:rsidRoot w:val="008B6599"/>
+    <w:rsid w:val="000D7604"/>
+    <w:rsid w:val="00110319"/>
+    <w:rsid w:val="00156069"/>
+    <w:rsid w:val="00170F72"/>
+    <w:rsid w:val="001F3FF0"/>
+    <w:rsid w:val="00377ABF"/>
+    <w:rsid w:val="004011F1"/>
+    <w:rsid w:val="00440D54"/>
+    <w:rsid w:val="00537619"/>
+    <w:rsid w:val="007E70FD"/>
+    <w:rsid w:val="008B6599"/>
+    <w:rsid w:val="00967226"/>
+    <w:rsid w:val="00AC29D0"/>
+    <w:rsid w:val="00AE5CCD"/>
+    <w:rsid w:val="00B81E68"/>
+    <w:rsid w:val="00DA21D2"/>
+    <w:rsid w:val="00F12857"/>
+    <w:rsid w:val="00FC5E65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -6869,1325 +7198,166 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0010667C"/>
+    <w:rsid w:val="008B6599"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...27 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...34 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="0010667C"/>
+    <w:rsid w:val="008B6599"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-[...17 lines deleted...]
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="0010667C"/>
+    <w:rsid w:val="008B6599"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:color w:val="333399"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0010667C"/>
+    <w:rsid w:val="008B6599"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...31 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0010667C"/>
+    <w:rsid w:val="008B6599"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...1014 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:31150053.0%20" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8221,86 +7391,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -8431,87 +7599,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1792</Words>
-  <Characters>10218</Characters>
+  <Words>1742</Words>
+  <Characters>9930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
+  <Lines>82</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>yo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11987</CharactersWithSpaces>
+  <CharactersWithSpaces>11649</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Гульмира Баяхина</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>user</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>