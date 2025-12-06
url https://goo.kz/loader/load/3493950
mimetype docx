--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1,10075 +1,18424 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="000E0CAD" w:rsidRDefault="00321427" w:rsidP="000E0CAD">
+    <w:p w:rsidR="00CD1B33" w:rsidRDefault="00BD71BA" w:rsidP="008D3425">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">КГУ </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>«</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...93 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E92E6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>учител</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>М.Әуезов</w:t>
       </w:r>
-      <w:r w:rsidR="00623348">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...54 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">обучения </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КММ </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3425" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2324B" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E2324B" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0779" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E2324B" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ына</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3425" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D3425" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00273229">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00321427" w:rsidRPr="0011450B" w:rsidRDefault="00A535AA" w:rsidP="0011450B">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00463794" w:rsidRPr="008D3425" w:rsidRDefault="00273229" w:rsidP="008D3425">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="004505A5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00BC52A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="008D3425" w:rsidRPr="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ваканси</w:t>
+        <w:t xml:space="preserve"> бос</w:t>
       </w:r>
-      <w:r w:rsidR="004505A5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="008D3425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>я</w:t>
-[...10 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> жұмыс орны)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="386"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7326"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="1934"/>
+        <w:gridCol w:w="7761"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00BC52A8" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
-[...24 lines deleted...]
-              <w:t>Ткачева, 15</w:t>
+            <w:r w:rsidRPr="00BD71BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00B23615">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8(7182)</w:t>
-[...19 lines deleted...]
-            <w:r w:rsidR="00F20EA7">
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="0049113D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта мекенжайлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00590BAF" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="00463794" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00590BAF" w:rsidRDefault="00590BAF" w:rsidP="00AC5290">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00590BAF" w:rsidRDefault="00273229" w:rsidP="00027BE4">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Начальные классы,  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004505A5">
+              <w:t xml:space="preserve">Бастауыш сыныптар, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC52A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A535AA">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00027BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставк</w:t>
-[...9 lines deleted...]
-              <w:t>а</w:t>
+              <w:t>жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00BC52A8" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі атқарымдық міндеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="00205B29">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқыту мен тәрбиелеуді жүзеге асырады, оқу жүктемесін бөлу бойынша өзіне бекітілген сыныптарда сабақтар мен басқа да оқу сабақтарын өткізеді, сабақ кезінде тиісті тәртіп пен пәнді қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="00205B29">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Оқу жоспарына, өзінің сабақ жоспарына және сабақ кестесіне сәйкес білім беру бағдарламаларына қолданылатын бағдарламаларды іске асырады; бұл ретте оқытудың әртүрлі мысалдарын, әдістері мен құралдарын пайдаланады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру стандартының талаптарына сәйкес білім алушылардың даярлық деңгейін қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӨТ және ТБ ережелері мен нормаларын, өртке қарсы қорғауды орындайды, білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="00205B29">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Басшылыққа әрбір жазатайым оқиға туралы жедел хабарлайды, дәрігерге дейінгі алғашқы көмек көрсету бойынша шаралар қабылдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="005859A8" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD50AA">
+            <w:r w:rsidR="005859A8" w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру процесін өткізу жағдайларын жақсарту және сауықтыру бойынша ұсыныстар енгізеді, сондай-ақ білім алушылардың тыныс-тіршілігі мен жұмыс қабілеттілігін төмендететін білім беру процесін қамтамасыз етудегі барлық кемшіліктер туралы кабинет меңгерушісінің, басшылықтың назарына жеткізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="00BD71BA" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="005859A8" w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>Білім алушыларға оқу сабақтарында еңбек қауіпсіздігі туралы нұсқаманы міндетті түрде сынып журналында немесе нұсқаманы тіркеу журналында тіркей отырып жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың еңбекті қорғау ережелерін оқуын ұйымдастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="00E2324B" w:rsidRDefault="005859A8" w:rsidP="005859A8">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2324B">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- Еңбекті қорғау бойынша ережелердің (нұсқаулықтардың) сақталуын бақылауды жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Белгіленген тәртіппен сынып құжаттамасын жүргізеді, жүйеде қабылданған білім алушылардың қатысуы мен үлгеріміне ағымдағы бақылауды жүзеге асырады, сынып журналына және білім алушының күнделігіне баға қояды, әкімшілікке есептік деректерді уақтылы ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Белгіленген тәртіппен білім алушыларды қорытынды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005859A8">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rStyle w:val="FontStyle17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>аттестаттауға қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...9 lines deleted...]
-                <w:rStyle w:val="FontStyle17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Педагогтың қызметін бақылау және бағалау мақсатында әкімшілік өкілдерін белгіленген тәртіппен сабаққа жібереді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="FontStyle17"/>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="FontStyle17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...9 lines deleted...]
-                <w:rStyle w:val="FontStyle17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Директор орынбасарының өкімі бойынша уақытша болмаған мұғалімдерді сабақта алмастырады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Ішкі еңбек тәртібінің жарғысы мен ережесін, өзге де жергілікті құқықтық актілерді сақтайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRPr="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="FontStyle17"/>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="FontStyle17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...9 lines deleted...]
-                <w:rStyle w:val="FontStyle17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Білім алушылардың заңды құқықтары мен бостандықтарын сақтайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005859A8" w:rsidRDefault="005859A8" w:rsidP="005859A8">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005859A8">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Сабақ өткізуге дайындалады, өзінің кәсіби біліктілігін жүйелі түрде арттырады, әдістемелік бірлестіктердің қызметіне және қабылданған әдістемелік жұмыстың басқа да нысандарына қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="FontStyle17"/>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="FontStyle17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...9 lines deleted...]
-                <w:rStyle w:val="FontStyle17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Педагогикалық кеңестің жұмысына және әкімшілік өткізетін кеңестерге қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Кезекшілік кестесіне сәйкес сабақтар арасындағы үзілістерде, сондай-ақ өз сабақтарының басталуына 20 минут қалғанда және аяқталуына 20 минут қалғанда кезекшілік етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>- Білім алушылардың үлгерімі, қатысуы, пәні мәселелері бойынша ата-аналарымен (оларды алмастыратын адамдармен) тұрақты байланыста болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:ind w:firstLine="708"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BD50AA">
+              <w:t>Мерзімдік медициналық тексеруден өтеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...369 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мұғалімнің қоғамдық жағдайына сәйкес қоғамдық орындарда, тұрмыста, қоғамдық орындарда этикалық мінез-құлық нормаларын сақтайды.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423E96">
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
-[...23 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+              <w:t>- арнаулы орта білім (min): 143947-161724 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00423E96" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423E96">
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее образование (min): </w:t>
-[...20 lines deleted...]
-              <w:t>тенге</w:t>
+              <w:t>- жоғары білім (min): 177766-205080 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="00F54B50" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00BA091B" w:rsidRPr="00AB3BA7" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00715E75" w:rsidP="00321427">
+              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BA091B" w:rsidP="00BA091B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="00BD71BA" w:rsidP="003D791E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00423E96">
-[...9 lines deleted...]
-          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылмайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылмайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D791E" w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D791E" w:rsidRPr="003D791E" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейдегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00423E96" w:rsidRDefault="003D791E" w:rsidP="003D791E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3-4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BA091B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D791E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00A535AA" w:rsidP="00B83789">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00883B44" w:rsidP="00613E2A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="000E0CAD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.08.2023</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж. - 29</w:t>
+            </w:r>
+            <w:r w:rsidR="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.08</w:t>
             </w:r>
-            <w:r w:rsidR="00593391" w:rsidRPr="00593391">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0003020E" w:rsidRPr="0003020E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
-            <w:r w:rsidR="00593391">
-[...17 lines deleted...]
-              <w:t>г.</w:t>
+            <w:r w:rsidR="0003020E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00917036" w:rsidRPr="006E4C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00BC52A8" w:rsidTr="00EC0779">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C6C13" w:rsidRDefault="008C6C13" w:rsidP="008C6C13">
-[...317 lines deleted...]
-          <w:p w:rsidR="000E0CAD" w:rsidRPr="000E0CAD" w:rsidRDefault="000E0CAD" w:rsidP="000E0CAD">
+          <w:p w:rsidR="00917036" w:rsidRPr="004A66DF" w:rsidRDefault="00917036" w:rsidP="00917036">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осы</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10-қосымшаға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...68 lines deleted...]
-          <w:p w:rsidR="000E0CAD" w:rsidRPr="000E0CAD" w:rsidRDefault="000E0CAD" w:rsidP="000E0CAD">
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00917036" w:rsidRPr="00FD2409" w:rsidRDefault="00917036" w:rsidP="00917036">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>английского языка сертификат</w:t>
-[...329 lines deleted...]
-          <w:p w:rsidR="000E0CAD" w:rsidRPr="000E0CAD" w:rsidRDefault="000E0CAD" w:rsidP="000E0CAD">
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкестендіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00917036" w:rsidRPr="00FD2409" w:rsidRDefault="00917036" w:rsidP="00917036">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-          <w:p w:rsidR="000E0CAD" w:rsidRPr="000E0CAD" w:rsidRDefault="000E0CAD" w:rsidP="000E0CAD">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жайын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00917036" w:rsidRPr="00FD2409" w:rsidRDefault="00917036" w:rsidP="00917036">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00917036" w:rsidRPr="00FD2409" w:rsidRDefault="00917036" w:rsidP="00917036">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5)  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A66DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00917036" w:rsidRPr="009025AD" w:rsidRDefault="00917036" w:rsidP="00917036">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CD1B33">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CD1B33">
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CD1B33">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CD1B33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009025AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00917036" w:rsidRPr="00FD2409" w:rsidRDefault="00917036" w:rsidP="00917036">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтамасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00917036" w:rsidRDefault="00917036" w:rsidP="00917036">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2409">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2D3B" w:rsidRPr="004B2D3B" w:rsidRDefault="004B2D3B" w:rsidP="004B2D3B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+            </w:pPr>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...69 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000E0CAD">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2D3B" w:rsidRPr="004B2D3B" w:rsidRDefault="004B2D3B" w:rsidP="004B2D3B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2D3B" w:rsidRPr="004B2D3B" w:rsidRDefault="004B2D3B" w:rsidP="004B2D3B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2D3B" w:rsidRPr="004B2D3B" w:rsidRDefault="004B2D3B" w:rsidP="004B2D3B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="004B2D3B" w:rsidRDefault="004B2D3B" w:rsidP="0003020E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2D3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidTr="00EC0779">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00D478D0" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="00BD71BA" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="00BD71BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Бос лауазым мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00F54B50" w:rsidP="00321427">
+          <w:p w:rsidR="00BD71BA" w:rsidRPr="00F54B50" w:rsidRDefault="003D791E" w:rsidP="00205B29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="003D791E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Согласно трудового договора</w:t>
+              <w:t>Еңбек шартына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00463794" w:rsidRPr="004D07D1" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0011450B" w:rsidRDefault="0011450B">
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRPr="004D07D1" w:rsidRDefault="00463794">
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3BA7" w:rsidRDefault="00AB3BA7" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="00917036">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="20"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00917036" w:rsidRPr="00BC52A8" w:rsidTr="00917036">
         <w:trPr>
-          <w:trHeight w:val="781"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00917036" w:rsidRPr="00917036" w:rsidRDefault="00917036" w:rsidP="00917036">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымдардан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00917036" w:rsidTr="00917036">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w:rsidR="00917036" w:rsidRDefault="00917036" w:rsidP="00917036">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...129 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00917036" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F72117">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F72117">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...15 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>(Кандидаттың Т. А. Ә, (бар болса), ЖСН)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Ф.И.О. кандидата</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F72117">
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (при его наличии), ИИН</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...26 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...22 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
-[...60 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="0044752F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені бос/уақытша бос орынға </w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
+        <w:t xml:space="preserve">конкурсқа жіберуіңізді сұраймын </w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ла</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уазымдар (қажеттінің астын сызу)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ауыл)</w:t>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргіуақыттажұмысістеймін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, Ұйымның атауы, мекен-жайы (облыс, аудан, қала\ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...127 lines deleted...]
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2037"/>
+        <w:gridCol w:w="2843"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="3153"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidTr="007842D1">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
-            <w:pPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00B350B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
-            <w:pPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+              <w:t>Атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебногозаведения</w:t>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>оқуорнының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
-            <w:pPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r w:rsidRPr="00B350B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Периодобучения</w:t>
+              <w:t>Оқукезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
-            <w:pPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00B350B0" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00790B31">
+              <w:t>ипломбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B350B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>подиплому</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>амандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidTr="007842D1">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-            <w:pPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-            <w:pPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-            <w:pPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-            <w:pPr>
+          <w:p w:rsidR="0044752F" w:rsidRPr="00FD2409" w:rsidRDefault="0044752F" w:rsidP="007842D1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0056519D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>расталғанкүні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0056519D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      </w:pPr>
+      <w:r w:rsidRPr="0056519D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>подтверждения):_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық жұмыс өтілі:_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="0056519D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0056519D" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менде келесі жұмыс нәтижелері бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
-[...190 lines deleted...]
-    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="0044752F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...128 lines deleted...]
-    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...158 lines deleted...]
-      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="0044752F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00790B31" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0779">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="5444" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidTr="004B772A">
+      <w:tr w:rsidR="00917036" w:rsidRPr="00BC52A8" w:rsidTr="00A17B15">
         <w:trPr>
-          <w:trHeight w:val="781"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00301843" w:rsidRDefault="00301843" w:rsidP="00B0496E">
-[...31 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00917036" w:rsidRPr="00AE324A" w:rsidRDefault="00917036" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00917036" w:rsidTr="00A17B15">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
-[...34 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00917036" w:rsidRDefault="00917036" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...115 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRPr="00EC0779" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="00917036">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...105 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
+    <w:p w:rsidR="0044752F" w:rsidRPr="00FB2B7E" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB2B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесе уақытша бос лауазым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ына кандидаттың бағалау парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FB2B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Тегі, Аты, Әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="0044752F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10080" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="441"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="3412"/>
+        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="944"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C74A0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C74A0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C74A0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3645" w:type="dxa"/>
-[...797 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...142 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...16 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...59 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>6.</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...38 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үміткерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...38 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...60 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...202 lines deleted...]
-              <w:t>" = 10 баллов</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>9.</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тұрған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="871" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>10.</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Конкурсты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бетінше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...101 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="871" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>11.</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...770 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...33 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
-          </w:p>
-[...81 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" медаль </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="871" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>12.</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...47 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3692" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="944" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidTr="00A17B15">
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2565" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Becoming a Better Teacher: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру гранты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>түлегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Дипломмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ауылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Серпін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламаларының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қатысушысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру гранты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иегерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>келісім-шарты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidTr="00A17B15">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3019" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE324A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6664" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="982" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C74A0" w:rsidRPr="005C74A0" w:rsidRDefault="005C74A0" w:rsidP="005C74A0">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00052358" w:rsidRPr="00AE324A" w:rsidRDefault="00052358" w:rsidP="00A17B15">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+    <w:p w:rsidR="0044752F" w:rsidRDefault="0044752F" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E27E1" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="0044752F" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10542,140 +18891,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13EF5B19"/>
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DEF74D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="364C5554"/>
     <w:lvl w:ilvl="0" w:tplc="60561768">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10745,51 +19004,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10858,51 +19117,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10951,141 +19210,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...89 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -11131,400 +19300,395 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="5"/>
-[...4 lines deleted...]
-  <w:num w:numId="10">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="00027BE4"/>
+    <w:rsid w:val="0003020E"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00037CB7"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="00052358"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="000617C3"/>
     <w:rsid w:val="00065B9B"/>
-    <w:rsid w:val="000717A4"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="0007771B"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090100"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A645D"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
-    <w:rsid w:val="000C5488"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
-    <w:rsid w:val="000E0CAD"/>
-    <w:rsid w:val="000E3793"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="0011450B"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00147A5A"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00181089"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C0094"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E5635"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="002568C8"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273229"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
-    <w:rsid w:val="003046EF"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003D791E"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E1AC0"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
-    <w:rsid w:val="004505A5"/>
+    <w:rsid w:val="0044752F"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00482069"/>
+    <w:rsid w:val="0049113D"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B2D3B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="005859A8"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
-    <w:rsid w:val="00593391"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
-    <w:rsid w:val="005C74A0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="00613E2A"/>
     <w:rsid w:val="006176A1"/>
-    <w:rsid w:val="00623348"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
-    <w:rsid w:val="00670B89"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
@@ -11539,406 +19703,417 @@
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="008173A1"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="0085309D"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00870A45"/>
     <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00883B44"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
-    <w:rsid w:val="008C6C13"/>
+    <w:rsid w:val="008D3425"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="008F5B9A"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
     <w:rsid w:val="00912432"/>
+    <w:rsid w:val="00917036"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
+    <w:rsid w:val="0093279B"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="0097795D"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="00983653"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A34D1"/>
     <w:rsid w:val="009A7000"/>
-    <w:rsid w:val="009A76D5"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D4BDD"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A535AA"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB3BA7"/>
     <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC40B0"/>
     <w:rsid w:val="00AC5290"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
-    <w:rsid w:val="00B23615"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B348FD"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
-    <w:rsid w:val="00B83789"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA091B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC52A8"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rsid w:val="00BD71BA"/>
     <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE3976"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
-    <w:rsid w:val="00C047C8"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C121EC"/>
+    <w:rsid w:val="00C12270"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C22D14"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C9339D"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
+    <w:rsid w:val="00CD1B33"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D56D9C"/>
-    <w:rsid w:val="00D57BA1"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D82A27"/>
+    <w:rsid w:val="00D72039"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
-    <w:rsid w:val="00DC6B11"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E01C85"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E2324B"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC0779"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F70CED"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F77F3F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA78D1"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="36D337F5"/>
-  <w15:docId w15:val="{18BEC2BA-0382-419B-9251-FC37E246DD87}"/>
+  <w14:docId w14:val="3B5DA2FD"/>
+  <w15:docId w15:val="{F0E9ACD6-FB8F-4C05-9504-4A6BCAF7B5B3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12295,51 +20470,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D56D9C"/>
+    <w:rsid w:val="00F70CED"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -12483,122 +20658,138 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C6C13"/>
+    <w:rsid w:val="0044752F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="796947241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1861313157">
+    <w:div w:id="1849443557">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12849,79 +21040,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9793BEAD-53AF-48AD-9AD6-F5BC99BEFCB5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15D652F9-281F-4994-87A2-9211325951CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2370</Words>
-  <Characters>13515</Characters>
+  <Words>2309</Words>
+  <Characters>13166</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15854</CharactersWithSpaces>
+  <CharactersWithSpaces>15445</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>