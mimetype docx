--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,9611 +1,9501 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="682833F8" w14:textId="0B2709FC" w:rsidR="00711A0A" w:rsidRPr="001A37E7" w:rsidRDefault="0090601D" w:rsidP="001A37E7">
+    <w:p w14:paraId="6ED563BC" w14:textId="146B93C5" w:rsidR="00A9221C" w:rsidRPr="00011213" w:rsidRDefault="00A9221C" w:rsidP="00A9221C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A37E7">
+      <w:r w:rsidRPr="00011213">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Результаты конкурса </w:t>
+        <w:t>«Павлодар қаласының</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A37E7">
+    </w:p>
+    <w:p w14:paraId="0B6014D1" w14:textId="06502BE8" w:rsidR="00A9221C" w:rsidRPr="00011213" w:rsidRDefault="00A9221C" w:rsidP="00A9221C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t xml:space="preserve">на занятие вакантных и (или) временно вакантных должностей педагогов по КГУ «Средняя общеобразовательная </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00011213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Камал Макпалеев  атындағы жалпы орта білім беру мектебі» КММ бойынша</w:t>
       </w:r>
-      <w:r w:rsidR="005F239C" w:rsidRPr="001A37E7">
+    </w:p>
+    <w:p w14:paraId="4D1FB9AD" w14:textId="5C79E329" w:rsidR="00A9221C" w:rsidRPr="00011213" w:rsidRDefault="00233813" w:rsidP="00A9221C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени Камала Макпалеева</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
       </w:r>
-      <w:r w:rsidR="005F239C" w:rsidRPr="001A37E7">
+      <w:r w:rsidR="00A9221C" w:rsidRPr="00011213">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        <w:t>города Павлодара»</w:t>
+        <w:t>ос және уақытша бос лауазымдарына тағайындау конкурсының нәтижелері</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA81ADD" w14:textId="77777777" w:rsidR="0090601D" w:rsidRPr="001A37E7" w:rsidRDefault="0090601D" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="476"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1690"/>
+        <w:gridCol w:w="478"/>
+        <w:gridCol w:w="2248"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1969"/>
+        <w:gridCol w:w="1632"/>
+        <w:gridCol w:w="1581"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004032CA" w:rsidRPr="001A37E7" w14:paraId="6EFBD8EC" w14:textId="77777777" w:rsidTr="004032CA">
-[...2 lines deleted...]
-            <w:tcW w:w="476" w:type="dxa"/>
+      <w:tr w:rsidR="004032CA" w:rsidRPr="001A37E7" w14:paraId="6EFBD8EC" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="695E9EDD" w14:textId="172F17F6" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2211" w:type="dxa"/>
+            <w:tcW w:w="2248" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E016218" w14:textId="346F466F" w:rsidR="00EB2C05" w:rsidRPr="00DE589A" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
+          <w:p w14:paraId="6E016218" w14:textId="54006D9F" w:rsidR="00EB2C05" w:rsidRPr="00981AD0" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A37E7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F52124" w:rsidRPr="001A37E7">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кандидаттың аты-жөні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65D90047" w14:textId="456D77C3" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001A37E7">
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50EC8CD7" w14:textId="55226C84" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65D90047" w14:textId="607C2FC8" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
+          <w:p w14:paraId="1DE40746" w14:textId="4A46D63C" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A37E7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>О</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001A37E7">
+              <w:t>Нәтиже</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF7C2E0" w14:textId="524A4434" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C0057" w:rsidRPr="001A37E7" w14:paraId="1597B259" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBDD5DC" w14:textId="5A656693" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="003D3600" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C24A23" w14:textId="41A515A1" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="00FF21C2" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Альжанова Анара Нурлановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA30C2A" w14:textId="2166B46D" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="00677195" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D166CDE" w14:textId="486CBDF9" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="00677195" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="005B50AD" w14:textId="50E1E0EC" w:rsidR="000B74BF" w:rsidRPr="004032CA" w:rsidRDefault="005A1B8C" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A32B006" w14:textId="778DC0EB" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="000B74BF" w:rsidP="001A37E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F47F4" w:rsidRPr="001A37E7" w14:paraId="09C10229" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5151BA" w14:textId="15816EBF" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B94461" w14:textId="12743F3A" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жунусова Дамегуль Уахитовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C81282A" w14:textId="3B45B14B" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7154D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21EE8E74" w14:textId="1D23F718" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DBBEA6" w14:textId="32CA43A1" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242DBD39" w14:textId="77777777" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F47F4" w:rsidRPr="001A37E7" w14:paraId="151B2D0F" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E43A0BE" w14:textId="4E9C5058" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="237A5412" w14:textId="302CE741" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оспанова Дидар Каскырбаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F7EF1D" w14:textId="13D303D4" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7154D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="109CE456" w14:textId="13B49145" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF05E94" w14:textId="538C64CA" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39693B78" w14:textId="77777777" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="0084C301" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DF4EF3" w14:textId="0C6C2000" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E4AE1F" w14:textId="45B07B1C" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лувсан Бекзат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F8C00A" w14:textId="6F3AEDD8" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EC254F" w14:textId="55089E95" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C603433" w14:textId="33FD5F51" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BF3C9A" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="3D00F0DF" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="12985CB8" w14:textId="2B144EAF" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A29BBC2" w14:textId="1E6FBA7D" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрдалы Дәмелі Ілескенқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E14F52B" w14:textId="50604DE1" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="750E377A" w14:textId="3125AD5F" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7340C0" w14:textId="6941B417" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0987E24A" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="5FB1F89E" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2A6DC6" w14:textId="451B4945" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC20C7C" w14:textId="3F5214AB" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мугарап Үміт Багдаулетқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B65DCCB" w14:textId="0E05EA8D" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD43961" w14:textId="72582ED0" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AA0BB6" w14:textId="51CFF126" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53903E46" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="76085CA2" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2D8121" w14:textId="42D6B0A9" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BFB5F1" w14:textId="4AEFB3FF" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Султанова Камила Талгатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB3A834" w14:textId="722B0461" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5048C1EF" w14:textId="3CB5A358" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1244CF02" w14:textId="42E8D5C7" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C649C1" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="2A1D5FA1" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2246ACBE" w14:textId="41442002" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5DBBFC" w14:textId="68D9093D" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Косыбаева Айгерим Маратовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0301668D" w14:textId="68A53275" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C7E4F2" w14:textId="33FEDEF2" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA6FAD2" w14:textId="25422485" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F13223" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="4A4C92ED" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B74B60" w14:textId="6D8CB3AE" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D36636" w14:textId="69444D90" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кендиров Аслан Еркнжасович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7404F244" w14:textId="16DB936C" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB6581">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CCF13EF" w14:textId="65FB2D27" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3CB422" w14:textId="4419C89E" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D73D04" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="48B117BF" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B990560" w14:textId="35D4456D" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="586FFA3B" w14:textId="7C60766F" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Турсунхан Райымбек Русланұлы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ADF98C7" w14:textId="79CC1507" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB6581">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF4E0FC" w14:textId="50705255" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23680375" w14:textId="1E0B74A9" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68596629" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="4C4B259D" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="07648887" w14:textId="3CFF94DF" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D65AF1" w14:textId="1BAC7A76" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бижанова Айзада Оразгелдиқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="586B965B" w14:textId="7A28B3EE" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB6581">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="327413DA" w14:textId="03B43609" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2A502A" w14:textId="35D7AF6D" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3452170D" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="7BA744E5" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CCE20C" w14:textId="769CAE72" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A08A6F3" w14:textId="0EA06079" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Гулнара Ерболат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F981C9" w14:textId="4A5C4F78" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE34FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F4B6C4" w14:textId="4329038F" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75144043" w14:textId="594941E1" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F239FC" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F47F4" w:rsidRPr="001A37E7" w14:paraId="72B6A3E8" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="775D6C41" w14:textId="089161D8" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="560EE941" w14:textId="39A1A998" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Токжигитова Даметкен Каирбаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="15175555" w14:textId="01B927A4" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE34FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3154E0" w14:textId="4DC10F7A" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E91FBA6" w14:textId="23493374" w:rsidR="007F47F4" w:rsidRPr="004032CA" w:rsidRDefault="005A1B8C" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71700D2E" w14:textId="77777777" w:rsidR="007F47F4" w:rsidRPr="001A37E7" w:rsidRDefault="007F47F4" w:rsidP="007F47F4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="2F4758A7" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC686E8" w14:textId="17CFF77D" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="74325FE6" w14:textId="09F4096F" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тілеген Ақбота Қанатбекқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B95F0DE" w14:textId="23546B86" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE34FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5246474B" w14:textId="5869CAD6" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D29EF7F" w14:textId="36B7EBBD" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD5C083" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="61F0A9EA" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D2BB8C" w14:textId="1901B7A7" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C71D3E1" w14:textId="721A994C" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сураган Ахтоты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DA5FC3" w14:textId="3BC9BA7C" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE34FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0598B3F4" w14:textId="607F9631" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3C51A2" w14:textId="25FA07E9" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B14A451" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="04DFBF95" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA54FB0" w14:textId="04D03056" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEED3AE" w14:textId="0177FEBC" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Искакова Айгерим Оразкеновна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="413B6B4A" w14:textId="44048FD3" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0095726C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8FCEC0" w14:textId="511EF314" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFB5F8F" w14:textId="330C453B" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="488DD98D" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="4083293E" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="45076483" w14:textId="0A64151B" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47A7C17E" w14:textId="73742B2A" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жылкыбекова Айнагуль Баритовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B6D8B1" w14:textId="0A109485" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0095726C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46A3B094" w14:textId="1FF651EB" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B9F30A" w14:textId="4639C6FA" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AD6EDE" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="6DD95B2D" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2680ED40" w14:textId="2465D924" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1A6E11" w14:textId="4AA8E54A" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шарипова Майгуль Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFD5664" w14:textId="5C8A818F" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0095726C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E840D3" w14:textId="794A7416" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0BBA4A" w14:textId="77B837FF" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F68857" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w14:paraId="50B2ADDF" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="284893DA" w14:textId="4F231338" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="035CC85F" w14:textId="4C713700" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Илимхан Ақерке </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="197FA481" w14:textId="357E728E" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0095726C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D6A0FC" w14:textId="1B2A36DC" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EABF42" w14:textId="1E7D28B4" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB82D67" w14:textId="77777777" w:rsidR="00EA2A9D" w:rsidRPr="001A37E7" w:rsidRDefault="00EA2A9D" w:rsidP="00EA2A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w14:paraId="7FD63543" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="07FDB89D" w14:textId="4EC6BFC7" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA00B52" w14:textId="2E57E327" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сагандыкова Гульжан Олжабаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DF09AE" w14:textId="454FA644" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F66E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4883173A" w14:textId="5CEC1CB4" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="00C870F1" w:rsidP="005A1B8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшының оқу ісі жөніндегі орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="681EDCB1" w14:textId="12BFA536" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0D3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03055D3A" w14:textId="77777777" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C0057" w:rsidRPr="001A37E7" w14:paraId="1597B259" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="63C24A23" w14:textId="41A515A1" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="00FF21C2" w:rsidP="001A37E7">
+      <w:tr w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w14:paraId="6C9BADF9" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FF386C" w14:textId="6762836A" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Альжанова Анара Нурлановна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="2FA30C2A" w14:textId="554DB6EF" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="00645C01" w:rsidP="001A37E7">
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14244188" w14:textId="7CB21513" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...32 lines deleted...]
-          <w:p w14:paraId="005B50AD" w14:textId="1576ECAC" w:rsidR="000B74BF" w:rsidRPr="004032CA" w:rsidRDefault="004032CA" w:rsidP="001A37E7">
+              <w:t>Мустафина Гульмира Жангырхановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF2BE06" w14:textId="7230315D" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F66E47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7470BED3" w14:textId="4C7FAE1D" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазіқ тілі мен әдебиет мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24558BE8" w14:textId="59F82025" w:rsidR="005A1B8C" w:rsidRPr="001327C1" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004032CA">
+            <w:r w:rsidRPr="002B0D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4A32B006" w14:textId="778DC0EB" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="000B74BF" w:rsidP="001A37E7">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E50273" w14:textId="77777777" w:rsidR="005A1B8C" w:rsidRPr="001A37E7" w:rsidRDefault="005A1B8C" w:rsidP="005A1B8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004032CA" w:rsidRPr="001A37E7" w14:paraId="09C10229" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="56B94461" w14:textId="12743F3A" w:rsidR="004032CA" w:rsidRPr="001A37E7" w:rsidRDefault="004032CA" w:rsidP="004032CA">
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="7AD9445D" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="016B6E37" w14:textId="35DEF10A" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="116FD5DA" w14:textId="461A1BA8" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жунусова Дамегуль Уахитовна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="1C81282A" w14:textId="24FD8DC1" w:rsidR="004032CA" w:rsidRPr="001A37E7" w:rsidRDefault="004032CA" w:rsidP="004032CA">
+              <w:t>Алдаберген Айбике Асанқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6BC392" w14:textId="4901AE4D" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="633A7FEE" w14:textId="64E28424" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="564AC562" w14:textId="09A4E096" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8322C3" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="53AC1E74" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4349399B" w14:textId="41F3F39B" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B33C540" w14:textId="72A3E8E6" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="21EE8E74" w14:textId="08D9A67F" w:rsidR="004032CA" w:rsidRPr="001A37E7" w:rsidRDefault="004032CA" w:rsidP="004032CA">
+              <w:t>Аталыкова Назымгуль Аскаровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C230F34" w14:textId="554A21C0" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="280B078C" w14:textId="1CE9CA49" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2D4E8A" w14:textId="15487E16" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="472AE551" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="35B92725" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC3D10B" w14:textId="01A0B7C8" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6937863C" w14:textId="152ABCD6" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Учитель казахского языка и литературы</w:t>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="004032CA">
+              <w:t>Дубинина Кристина Евгеньевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="122593BA" w14:textId="54486B01" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46A0F793" w14:textId="78341EBD" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2846944D" w14:textId="1919D02F" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B415E8" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="330D71E9" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="551E4AC8" w14:textId="48A6DB08" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0627C775" w14:textId="239B2C32" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Асанова Айгерим Дюсенбековна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1B7D17" w14:textId="544FAF15" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9AADEE" w14:textId="558E6923" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="750F3D61" w14:textId="0E546BC6" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B29BBC" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00987C73" w:rsidRPr="001A37E7" w14:paraId="2F18DED0" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="680E5360" w14:textId="22FDC422" w:rsidR="00987C73" w:rsidRPr="001A37E7" w:rsidRDefault="00987C73" w:rsidP="00987C73">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A1851E" w14:textId="12FB3476" w:rsidR="00987C73" w:rsidRPr="001A37E7" w:rsidRDefault="00987C73" w:rsidP="00987C73">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Асмеев Арман Сатыболдинович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="377C8386" w14:textId="66DF5F06" w:rsidR="00987C73" w:rsidRPr="001A37E7" w:rsidRDefault="00987C73" w:rsidP="00987C73">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE8B4A" w14:textId="4B744CE7" w:rsidR="00987C73" w:rsidRPr="001A37E7" w:rsidRDefault="00987C73" w:rsidP="00987C73">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C26708" w14:textId="0AB309D4" w:rsidR="00987C73" w:rsidRPr="001A37E7" w:rsidRDefault="00987C73" w:rsidP="00987C73">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F76CE3" w14:textId="77777777" w:rsidR="00987C73" w:rsidRPr="001A37E7" w:rsidRDefault="00987C73" w:rsidP="00987C73">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="180316C6" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0286ED" w14:textId="272D91DB" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FF05DE" w14:textId="4A18527B" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сембаева Айман Мухаметкалиевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F90F256" w14:textId="556A4606" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AD9B2C" w14:textId="54F3D15B" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2696DE" w14:textId="07B8270E" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7678BF" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="3E06D72A" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD775BD" w14:textId="575F18EF" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CCB226" w14:textId="22211AB1" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нуралина Дирнара Балтабаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DB1127" w14:textId="368A091A" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="002DEB99" w14:textId="06C724A9" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB40BAB" w14:textId="6524BAD1" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001327C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...1645 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="004032CA">
+              <w:t>тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001327C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...1028 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="03055D3A" w14:textId="77777777" w:rsidR="006F6DCC" w:rsidRPr="001A37E7" w:rsidRDefault="006F6DCC" w:rsidP="006F6DCC">
+              <w:t>өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22309D14" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F6DCC" w:rsidRPr="001A37E7" w14:paraId="6C9BADF9" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="14244188" w14:textId="7CB21513" w:rsidR="006F6DCC" w:rsidRPr="001A37E7" w:rsidRDefault="006F6DCC" w:rsidP="006F6DCC">
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="71EE06E2" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F1041" w14:textId="6C469BDB" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47CF5FA9" w14:textId="6B09C241" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мустафина Гульмира Жангырхановна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="4DF2BE06" w14:textId="22B5E38D" w:rsidR="006F6DCC" w:rsidRPr="001A37E7" w:rsidRDefault="006F6DCC" w:rsidP="006F6DCC">
+              <w:t>Капсалямова Анель Туяковна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7995AC42" w14:textId="0C2FD195" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00494348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFE6652" w14:textId="510B2C19" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A84BDB" w14:textId="6AB8F210" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A72D1F9" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="7DADB43B" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA5DF64" w14:textId="10ED2801" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6977B5A6" w14:textId="706E1C2A" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...34 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Сиюткина Виолетта Владиславовна </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="30809598" w14:textId="7641612E" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00494348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF7BE76" w14:textId="1B1D3E03" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E529154" w14:textId="4A4F494E" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="709E22E6" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="17F146E3" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8E8991" w14:textId="0FECC53B" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5640705E" w14:textId="4B3B6E78" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ахметова Алия Болатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0123A72F" w14:textId="5E096FA8" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00494348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD1722B" w14:textId="09DDD396" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3115A906" w14:textId="1524A5D3" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="00E50273" w14:textId="77777777" w:rsidR="006F6DCC" w:rsidRPr="001A37E7" w:rsidRDefault="006F6DCC" w:rsidP="006F6DCC">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27022279" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w14:paraId="7AD9445D" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="116FD5DA" w14:textId="461A1BA8" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="00F81B70" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE12B38" w14:textId="6C219EF9" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4843E6C6" w14:textId="178841F1" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Алдаберген Айбике Асанқызы</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="0A6BC392" w14:textId="1783446E" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Радышевская Лидия Сергеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF91531" w14:textId="3F1479F2" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00494348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41AEDBC8" w14:textId="705053C9" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C325F8B" w14:textId="2252DECF" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63885A2B" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="7791B00E" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D0E7A6" w14:textId="0A6A3069" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7053AC09" w14:textId="61566F26" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>средне-специальное</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="633A7FEE" w14:textId="2698F141" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Резникова Камила Кенжебаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54FBC237" w14:textId="108C1554" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59569604" w14:textId="5AD6804F" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C5EFB7" w14:textId="603A68F0" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="698A3EA2" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="451C6B45" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="44178C22" w14:textId="0E6C97D4" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5667D8AE" w14:textId="4BF2F246" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Учитель начальных классов</w:t>
-[...32 lines deleted...]
-          <w:p w14:paraId="0D8322C3" w14:textId="77777777" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Гарифолла Данара Русланқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F06D5D" w14:textId="48206AAC" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA08709" w14:textId="50B2FB4C" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6966F2" w14:textId="3BD8B2CD" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="059F235D" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w14:paraId="53AC1E74" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="6B33C540" w14:textId="133C6C01" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="502D3CC3" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="48288790" w14:textId="3A848994" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E56BD0" w14:textId="42454FBB" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Аталыкова Назымгуль </w:t>
-            </w:r>
+              <w:t>Жернакова Ангелина Алексеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D65F5DC" w14:textId="5723F804" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B95D6F5" w14:textId="52F8309E" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E644D45" w14:textId="035046BB" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F528DB" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="7F152427" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="731C6901" w14:textId="29928536" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F539CF" w14:textId="78108CC6" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3C230F34" w14:textId="299C731F" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Темиршот Елена Андреевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B78A27" w14:textId="54477778" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00662E18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="493BA660" w14:textId="15CF1886" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="106A9129" w14:textId="39B628C2" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="634F9507" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="79AD5A35" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F7D0AD" w14:textId="148284CE" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="330D8285" w14:textId="2DF591F3" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-          <w:p w14:paraId="280B078C" w14:textId="180FEFE6" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Сулейменова Мадина Ермековна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="285503F5" w14:textId="437B6640" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00662E18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60858719" w14:textId="3ECC9DE9" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9CB3A7" w14:textId="1C46767E" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA50B3F" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="31DDFB07" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBC7C4A" w14:textId="65B9E362" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F8D816" w14:textId="40ECE13B" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Учитель начальных </w:t>
-            </w:r>
+              <w:t>Манабаева Майгуль Кажимкановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3686761F" w14:textId="78CC5467" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00662E18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6E4A98" w14:textId="1649C6E4" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25308010" w14:textId="563C8C59" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50ADAD4B" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="1D1ECBEC" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B31826" w14:textId="086282A6" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B25121" w14:textId="5A8978FC" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...44 lines deleted...]
-          <w:p w14:paraId="472AE551" w14:textId="77777777" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Сейтим Асылбике Дуанқызы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDF4B56" w14:textId="08A78C11" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00662E18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A59EEBF" w14:textId="234445F5" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0728DA53" w14:textId="6BE12498" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="454C59D3" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w14:paraId="35B92725" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="6937863C" w14:textId="21012D5E" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+      <w:tr w:rsidR="001854A3" w:rsidRPr="001A37E7" w14:paraId="0A31B317" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="60276F02" w14:textId="5B67E722" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="63DA8135" w14:textId="66F3529B" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Дубинина Кристина Евгеньевна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="122593BA" w14:textId="745E7B14" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Шактаев Азамат Бауржанович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="509BB428" w14:textId="27232E20" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00494348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="005B3D93" w14:textId="64656ED6" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4755D81D" w14:textId="3745DB7F" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4350B4B7" w14:textId="77777777" w:rsidR="001854A3" w:rsidRPr="001A37E7" w:rsidRDefault="001854A3" w:rsidP="001854A3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5541" w:rsidRPr="001A37E7" w14:paraId="4CD4CA5B" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADB3DCF" w14:textId="70EBCCB5" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="07DEFB28" w14:textId="1FB4F634" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>средне-специальное</w:t>
-[...634 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Изюмская Жанна Сергеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1055CF8D" w14:textId="0135FB96" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта-арнайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47081988" w14:textId="7065FDD0" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC850EC" w14:textId="1481CBEE" w:rsidR="008E5541" w:rsidRPr="008057B6" w:rsidRDefault="008E5541" w:rsidP="008E5541">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...288 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+            </w:pPr>
+            <w:r w:rsidRPr="008057B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="709E22E6" w14:textId="77777777" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD53165" w14:textId="77777777" w:rsidR="008E5541" w:rsidRPr="001A37E7" w:rsidRDefault="008E5541" w:rsidP="008E5541">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w14:paraId="17F146E3" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="5640705E" w14:textId="4B3B6E78" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+      <w:tr w:rsidR="00220EB8" w:rsidRPr="001A37E7" w14:paraId="5E1EE35F" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F97F4C" w14:textId="5DF050D7" w:rsidR="00220EB8" w:rsidRPr="001A37E7" w:rsidRDefault="00220EB8" w:rsidP="00220EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B953A16" w14:textId="7C55DFF6" w:rsidR="00220EB8" w:rsidRPr="001A37E7" w:rsidRDefault="00220EB8" w:rsidP="00220EB8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ахметова Алия Болатовна</w:t>
-[...68 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Мукашева Зейнап Мансуровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E22FAB" w14:textId="29251672" w:rsidR="00220EB8" w:rsidRPr="001A37E7" w:rsidRDefault="00220EB8" w:rsidP="00220EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C782D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4B6625" w14:textId="533BA593" w:rsidR="00220EB8" w:rsidRPr="001A37E7" w:rsidRDefault="00220EB8" w:rsidP="00220EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9A8E08" w14:textId="0CAE91E7" w:rsidR="00220EB8" w:rsidRPr="001A37E7" w:rsidRDefault="00220EB8" w:rsidP="00220EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="27022279" w14:textId="77777777" w:rsidR="00F26AB9" w:rsidRPr="001A37E7" w:rsidRDefault="00F26AB9" w:rsidP="00F26AB9">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4794A9" w14:textId="77777777" w:rsidR="00220EB8" w:rsidRPr="001A37E7" w:rsidRDefault="00220EB8" w:rsidP="00220EB8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB3F86" w:rsidRPr="001A37E7" w14:paraId="00F81B70" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="4843E6C6" w14:textId="178841F1" w:rsidR="00EB3F86" w:rsidRPr="001A37E7" w:rsidRDefault="00EB3F86" w:rsidP="00EB3F86">
+      <w:tr w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w14:paraId="37B6F1A2" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A97848E" w14:textId="07E371F1" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C50A90" w14:textId="36BC9DB9" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Радышевская Лидия Сергеевна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="6FF91531" w14:textId="4A50FA87" w:rsidR="00EB3F86" w:rsidRPr="001A37E7" w:rsidRDefault="00EB3F86" w:rsidP="00EB3F86">
+              <w:t>Альжанов Рунат Жанатович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F32FB06" w14:textId="7C62CF99" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C782D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D4DE50" w14:textId="5117ADF7" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информатика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E616153" w14:textId="633F8AEB" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78DFAB2E" w14:textId="77777777" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w14:paraId="3C2AFBEF" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="394751F2" w14:textId="28688658" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="001F95C6" w14:textId="7CFB9347" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...1406 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Шевчук Дмитрий Ильич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C16CC6" w14:textId="57C2684D" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C782D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5576C956" w14:textId="20F65916" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информатика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4916D590" w14:textId="76923009" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4BD53165" w14:textId="77777777" w:rsidR="00EB3F86" w:rsidRPr="001A37E7" w:rsidRDefault="00EB3F86" w:rsidP="00EB3F86">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0BCFAE" w14:textId="77777777" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB3F86" w:rsidRPr="001A37E7" w14:paraId="5E1EE35F" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="2B953A16" w14:textId="7C55DFF6" w:rsidR="00EB3F86" w:rsidRPr="001A37E7" w:rsidRDefault="00EB3F86" w:rsidP="00EB3F86">
+      <w:tr w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w14:paraId="6532F61F" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F2DCF1" w14:textId="2B366894" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E12FFCA" w14:textId="5A4DF929" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мукашева Зейнап Мансуровна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="16E22FAB" w14:textId="00B2DBF0" w:rsidR="00EB3F86" w:rsidRPr="001A37E7" w:rsidRDefault="00EB3F86" w:rsidP="00EB3F86">
+              <w:t>Акишева Махаббат Сейтахметовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EBB3FD" w14:textId="1C4D2C63" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C782D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3264AEF4" w14:textId="7AA6B1B5" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информатика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B988966" w14:textId="27DA05AB" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DC0831" w14:textId="77777777" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w14:paraId="3DCAE392" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="318125EC" w14:textId="571D04DF" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42989817" w14:textId="7C5C8929" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Ашимтаева Альбина Аманбековна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="730F7D86" w14:textId="442E1D35" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003735E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="344F6F59" w14:textId="58A5137E" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информатика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="666F71EF" w14:textId="5C19B06C" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="1D4794A9" w14:textId="77777777" w:rsidR="00EB3F86" w:rsidRPr="001A37E7" w:rsidRDefault="00EB3F86" w:rsidP="00EB3F86">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C72DE66" w14:textId="77777777" w:rsidR="00F95E1D" w:rsidRPr="001A37E7" w:rsidRDefault="00F95E1D" w:rsidP="00F95E1D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032410F" w:rsidRPr="001A37E7" w14:paraId="37B6F1A2" w14:textId="77777777" w:rsidTr="004032CA">
-[...265 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="395996E4" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="67001F2C" w14:textId="2A58A472" w:rsidR="0044401B" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB8C11D" w14:textId="4E3F8C40" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дзангиева Лидия Идрисовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD53F1D" w14:textId="4ACB8564" w:rsidR="0044401B" w:rsidRPr="003735E5" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE3239C" w14:textId="0D1915A4" w:rsidR="0044401B" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информатика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D9FD0C" w14:textId="27FD1743" w:rsidR="0044401B" w:rsidRPr="002B0D3C" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="0C0BCFAE" w14:textId="77777777" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCDAC59" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032410F" w:rsidRPr="001A37E7" w14:paraId="6532F61F" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="0E12FFCA" w14:textId="5A4DF929" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="71433756" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DDCBD2" w14:textId="70D2DFFF" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E0E478" w14:textId="1D61DFCD" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Акишева Махаббат Сейтахметовна</w:t>
-[...216 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Бариева Малика Ойратовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A9BDBD" w14:textId="5EC18F04" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003735E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE0E16A" w14:textId="283D8F0A" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Физика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61346C9B" w14:textId="39649660" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5C72DE66" w14:textId="77777777" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="333772FE" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032410F" w:rsidRPr="001A37E7" w14:paraId="0E804FDA" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="18181599" w14:textId="77A67A2A" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="220B84C3" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="18342A21" w14:textId="3B984382" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2440F09B" w14:textId="432DA4A3" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Дзангиева Лидия Идрисовна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="6F015F81" w14:textId="2B5AEE82" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+              <w:t>Айтжанова Ардак Шарапиденовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5B421F" w14:textId="6F08B557" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003735E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A049AF8" w14:textId="263B795A" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Биология мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB9F1AA" w14:textId="12718005" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5178CADE" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="347C6222" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E112E70" w14:textId="73A67763" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="342F62F1" w14:textId="4911E0F9" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="22B9B84C" w14:textId="042EAF75" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+              <w:t>Бауржанқызы Эльвира</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F392BE" w14:textId="781AB12F" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003735E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="535138AC" w14:textId="7A880D51" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Биология мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF7FA6B" w14:textId="2748FA30" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4ED634" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="6F17BADF" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C84BDD7" w14:textId="1234D3CA" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B73D0D4" w14:textId="03373068" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Учитель информатики</w:t>
-[...165 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Аспанова Ирина Рамазановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="751F01E5" w14:textId="2D423ED9" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E81C6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4198A6D4" w14:textId="06FB08CA" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Биология мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1844D794" w14:textId="5C558AFB" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="333772FE" w14:textId="77777777" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240F03F6" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032410F" w:rsidRPr="001A37E7" w14:paraId="220B84C3" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="2440F09B" w14:textId="432DA4A3" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="3E671E51" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="029E945D" w14:textId="1236B3F8" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AE75A6" w14:textId="20BF8E3B" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Айтжанова Ардак Шарапиденовна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="6A5B421F" w14:textId="73C12B03" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+              <w:t>Ергалиев Сабыржан Галымжанулы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E42E2E" w14:textId="670E46CC" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E81C6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CC997E" w14:textId="22E8C61B" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Биология мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F293723" w14:textId="3B4A50D5" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3514AD" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="13B6D651" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DB03F6" w14:textId="1FCB5F57" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3833D6D3" w14:textId="76C2225E" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...338 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Қабдолла Дінмұхамед Сембайұлы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C52A0E" w14:textId="1A688931" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E81C6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21EB26EA" w14:textId="1A29B6E5" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Математика мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5540B1F4" w14:textId="1A8AD1D8" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A039A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="240F03F6" w14:textId="77777777" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF7BA67" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032410F" w:rsidRPr="001A37E7" w14:paraId="3E671E51" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="18AE75A6" w14:textId="20BF8E3B" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="2DEE25A3" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="765CF718" w14:textId="47419E02" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="678045AF" w14:textId="1259199A" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ергалиев Сабыржан Галымжанулы</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="77E42E2E" w14:textId="058341C2" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+              <w:t xml:space="preserve">Асқар Сарқыт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFE2F0E" w14:textId="793BDD5A" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E81C6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="385FF5D1" w14:textId="0E32699A" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...190 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Преподаватель-организатор начальной военоой и технической подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54662293" w14:textId="7766D168" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A039A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2DF7BA67" w14:textId="77777777" w:rsidR="0032410F" w:rsidRPr="001A37E7" w:rsidRDefault="0032410F" w:rsidP="0032410F">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D493E76" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0A16" w:rsidRPr="001A37E7" w14:paraId="2DEE25A3" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="678045AF" w14:textId="1259199A" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="47F1B67C" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB31DBF" w14:textId="30537C00" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8911BC" w14:textId="54451222" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Асқар Сарқыт </w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="3EFE2F0E" w14:textId="561DB8E5" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+              <w:t>Жакатова Светлана Кондратьевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7A41F9" w14:textId="160BE948" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A2632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C41BDC8" w14:textId="271D4458" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Старший вожатый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="711A70B4" w14:textId="2FB460A4" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A039A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6D493E76" w14:textId="77777777" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E629B6F" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0A16" w:rsidRPr="001A37E7" w14:paraId="47F1B67C" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="5E8911BC" w14:textId="54451222" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="46883ADF" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B85CB47" w14:textId="6E152710" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D43584" w14:textId="0DF94E7A" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жакатова Светлана </w:t>
-            </w:r>
+              <w:t>Онбаева Замзагуль Аушановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5615D0CF" w14:textId="64D621C4" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A2632">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF87675" w14:textId="1C8D5C2D" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...70 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+              <w:t>Дефектолог-логопед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE53780" w14:textId="6448681F" w:rsidR="0044401B" w:rsidRPr="001A039A" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...140 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+            </w:pPr>
+            <w:r w:rsidRPr="001A039A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="778F10E6" w14:textId="77777777" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="778F10E6" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0A16" w:rsidRPr="001A37E7" w14:paraId="66F429B6" w14:textId="77777777" w:rsidTr="004032CA">
-[...5 lines deleted...]
-          <w:p w14:paraId="239F0E78" w14:textId="00D344AD" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="66F429B6" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="239F0E78" w14:textId="598CEDAF" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2211" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="27FAD5DB" w14:textId="7AA8034C" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="27FAD5DB" w14:textId="7AA8034C" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Рамазанова Диана Токтаскызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1736" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5CEAF83E" w14:textId="73108798" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEAF83E" w14:textId="507281AC" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D388C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D423984" w14:textId="521DC7F9" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3D423984" w14:textId="521DC7F9" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+              <w:t>Старший вожатый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A5525F" w14:textId="489B66B0" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5155E30C" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="4FC8E7AD" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F97E53C" w14:textId="79C3D5CC" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="314211EE" w14:textId="248D0609" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Старший вожатый</w:t>
-[...32 lines deleted...]
-          <w:p w14:paraId="5155E30C" w14:textId="77777777" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+              <w:t xml:space="preserve">Баймагамбетова Жазира </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>умагельдиновна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB696ED" w14:textId="265EC6D1" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D388C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC8D62B" w14:textId="7B06A189" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCD01D2" w14:textId="78FC6470" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтпеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCB92BB" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0A16" w:rsidRPr="001A37E7" w14:paraId="4FC8E7AD" w14:textId="77777777" w:rsidTr="004032CA">
-[...31 lines deleted...]
-          <w:p w14:paraId="314211EE" w14:textId="1F38FFCF" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="4667B58C" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="371EF4B1" w14:textId="1262F7A9" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="399E07E3" w14:textId="68BA7141" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Баймагамбетова Жазира жумагельдиновна</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="4EB696ED" w14:textId="6CBD29F2" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+              <w:t>Булешова Динара Каиргельдыевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA16448" w14:textId="59383C81" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D388C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10910FAD" w14:textId="5252D40F" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t>Учитель русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1389" w:type="dxa"/>
-[...159 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28131A85" w14:textId="764F824A" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7FED1C68" w14:textId="77777777" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FED1C68" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0A16" w:rsidRPr="001A37E7" w14:paraId="5A624D72" w14:textId="77777777" w:rsidTr="004032CA">
-[...5 lines deleted...]
-          <w:p w14:paraId="602678D2" w14:textId="1A7C0596" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+      <w:tr w:rsidR="0044401B" w:rsidRPr="001A37E7" w14:paraId="5A624D72" w14:textId="77777777" w:rsidTr="00C82078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="602678D2" w14:textId="0C346EE2" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="00EF2D96" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2211" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EF5FFC8" w14:textId="5397A846" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5FFC8" w14:textId="5397A846" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кабиденова Айслу Кабиденовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1736" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E628048" w14:textId="70A69F73" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E628048" w14:textId="16A608F2" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D388C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E04830" w14:textId="4E9E1A84" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее</w:t>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t>Учитель русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1389" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001327C1">
+            <w:tcW w:w="1632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3E20FE" w14:textId="76290EB0" w:rsidR="0044401B" w:rsidRPr="002A3938" w:rsidRDefault="0044401B" w:rsidP="0044401B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс пройден</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="60849C05" w14:textId="77777777" w:rsidR="001A0A16" w:rsidRPr="001A37E7" w:rsidRDefault="001A0A16" w:rsidP="001A0A16">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурстан өтті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1581" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60849C05" w14:textId="77777777" w:rsidR="0044401B" w:rsidRPr="001A37E7" w:rsidRDefault="0044401B" w:rsidP="0044401B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05616588" w14:textId="77777777" w:rsidR="00711A0A" w:rsidRPr="001A37E7" w:rsidRDefault="00711A0A" w:rsidP="001A37E7">
+    <w:p w14:paraId="05616588" w14:textId="7E463AAB" w:rsidR="00711A0A" w:rsidRPr="001A37E7" w:rsidRDefault="00711A0A" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0480B73D" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="001A37E7" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06C19B2C" w14:textId="77777777" w:rsidR="00FD14BE" w:rsidRPr="00965FBA" w:rsidRDefault="00FD14BE" w:rsidP="001A37E7">
+    <w:p w14:paraId="06C19B2C" w14:textId="77777777" w:rsidR="00FD14BE" w:rsidRPr="008A7C46" w:rsidRDefault="00FD14BE" w:rsidP="001A37E7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965FBA">
+      <w:r w:rsidRPr="008A7C46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Секретарь конкурсной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DFE7B2" w14:textId="207CA2C9" w:rsidR="0094391B" w:rsidRPr="00965FBA" w:rsidRDefault="00FD14BE" w:rsidP="001A37E7">
+    <w:p w14:paraId="47DFE7B2" w14:textId="207CA2C9" w:rsidR="0094391B" w:rsidRPr="008A7C46" w:rsidRDefault="00FD14BE" w:rsidP="001A37E7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965FBA">
+      <w:r w:rsidRPr="008A7C46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>комиссии</w:t>
       </w:r>
-      <w:r w:rsidR="0094391B" w:rsidRPr="00965FBA">
+      <w:r w:rsidR="0094391B" w:rsidRPr="008A7C46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         </w:t>
       </w:r>
-      <w:r w:rsidR="00F61C78" w:rsidRPr="00965FBA">
+      <w:r w:rsidR="00F61C78" w:rsidRPr="008A7C46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="0094391B" w:rsidRPr="00965FBA">
+      <w:r w:rsidR="0094391B" w:rsidRPr="008A7C46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00CE555E" w:rsidRPr="00965FBA">
+      <w:r w:rsidR="00CE555E" w:rsidRPr="008A7C46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Крутова И.М.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C86955" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="00965FBA" w:rsidRDefault="0094391B" w:rsidP="001A37E7">
+    <w:p w14:paraId="73C86955" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="008A7C46" w:rsidRDefault="0094391B" w:rsidP="001A37E7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A7DE1A1" w14:textId="39220B62" w:rsidR="0094391B" w:rsidRPr="00965FBA" w:rsidRDefault="00B20C46" w:rsidP="001A37E7">
+    <w:p w14:paraId="6A7DE1A1" w14:textId="39220B62" w:rsidR="0094391B" w:rsidRPr="008A7C46" w:rsidRDefault="00B20C46" w:rsidP="001A37E7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00965FBA">
+      <w:r w:rsidRPr="008A7C46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>21 августа 2023 года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A45D226" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="00965FBA" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
+    <w:p w14:paraId="7A45D226" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="001A37E7" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23260D9A" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="001A37E7" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43E40028" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="001A37E7" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9991,249 +9881,291 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="165167765">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="172"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
     <w:rsid w:val="00007026"/>
+    <w:rsid w:val="00011213"/>
+    <w:rsid w:val="000162D9"/>
     <w:rsid w:val="00031D3C"/>
     <w:rsid w:val="00043921"/>
     <w:rsid w:val="000526D8"/>
+    <w:rsid w:val="000709A4"/>
     <w:rsid w:val="000804AB"/>
+    <w:rsid w:val="000858F9"/>
     <w:rsid w:val="00093BDF"/>
     <w:rsid w:val="000B74BF"/>
-    <w:rsid w:val="000D0399"/>
     <w:rsid w:val="000F6C0A"/>
     <w:rsid w:val="00101E67"/>
     <w:rsid w:val="001327C1"/>
     <w:rsid w:val="00134C18"/>
     <w:rsid w:val="001468C6"/>
-    <w:rsid w:val="00163E5C"/>
+    <w:rsid w:val="001854A3"/>
+    <w:rsid w:val="0018600D"/>
     <w:rsid w:val="00192DE3"/>
-    <w:rsid w:val="001A0A16"/>
+    <w:rsid w:val="001A039A"/>
     <w:rsid w:val="001A37E7"/>
     <w:rsid w:val="001C77AD"/>
     <w:rsid w:val="001F5814"/>
     <w:rsid w:val="00201EAA"/>
+    <w:rsid w:val="00220EB8"/>
     <w:rsid w:val="0022573D"/>
+    <w:rsid w:val="00233813"/>
     <w:rsid w:val="002516A0"/>
     <w:rsid w:val="00295248"/>
+    <w:rsid w:val="002A3938"/>
+    <w:rsid w:val="002B2E39"/>
     <w:rsid w:val="002D3472"/>
     <w:rsid w:val="002D4211"/>
     <w:rsid w:val="002D4C35"/>
+    <w:rsid w:val="002D5AB7"/>
     <w:rsid w:val="002F0A27"/>
     <w:rsid w:val="002F2611"/>
+    <w:rsid w:val="00301A11"/>
     <w:rsid w:val="0031406B"/>
-    <w:rsid w:val="0032410F"/>
+    <w:rsid w:val="00316C3C"/>
     <w:rsid w:val="00324CD8"/>
     <w:rsid w:val="003315F7"/>
     <w:rsid w:val="00341165"/>
     <w:rsid w:val="00364A8A"/>
+    <w:rsid w:val="00380FED"/>
     <w:rsid w:val="00382C2C"/>
     <w:rsid w:val="0038434F"/>
     <w:rsid w:val="003B110A"/>
     <w:rsid w:val="003B3330"/>
     <w:rsid w:val="003B6010"/>
     <w:rsid w:val="003B6378"/>
     <w:rsid w:val="003C0057"/>
     <w:rsid w:val="003C1C14"/>
+    <w:rsid w:val="003C51BC"/>
     <w:rsid w:val="003D3600"/>
     <w:rsid w:val="004032CA"/>
     <w:rsid w:val="00424B0D"/>
     <w:rsid w:val="004316CD"/>
+    <w:rsid w:val="0044401B"/>
     <w:rsid w:val="0044684C"/>
     <w:rsid w:val="00460BD4"/>
     <w:rsid w:val="004614F0"/>
-    <w:rsid w:val="00467332"/>
     <w:rsid w:val="00473792"/>
     <w:rsid w:val="004827AF"/>
     <w:rsid w:val="004A43BD"/>
     <w:rsid w:val="004B0E17"/>
-    <w:rsid w:val="004B4676"/>
+    <w:rsid w:val="004C047B"/>
     <w:rsid w:val="004D3749"/>
     <w:rsid w:val="004E19FA"/>
+    <w:rsid w:val="00511D35"/>
     <w:rsid w:val="00515219"/>
     <w:rsid w:val="00526DD2"/>
     <w:rsid w:val="005658DE"/>
     <w:rsid w:val="00567436"/>
     <w:rsid w:val="00570347"/>
+    <w:rsid w:val="00572998"/>
     <w:rsid w:val="005743F9"/>
     <w:rsid w:val="00583255"/>
     <w:rsid w:val="00586CD3"/>
+    <w:rsid w:val="005A1B8C"/>
     <w:rsid w:val="005A783B"/>
     <w:rsid w:val="005B5671"/>
-    <w:rsid w:val="005D76D6"/>
     <w:rsid w:val="005F06B2"/>
+    <w:rsid w:val="005F0B20"/>
     <w:rsid w:val="005F239C"/>
     <w:rsid w:val="005F561F"/>
     <w:rsid w:val="00601DC4"/>
     <w:rsid w:val="00616C68"/>
     <w:rsid w:val="006253FE"/>
     <w:rsid w:val="0062558E"/>
     <w:rsid w:val="0063583A"/>
     <w:rsid w:val="00640C91"/>
     <w:rsid w:val="00645C01"/>
     <w:rsid w:val="00663328"/>
     <w:rsid w:val="00670360"/>
+    <w:rsid w:val="00677195"/>
     <w:rsid w:val="00687920"/>
     <w:rsid w:val="006A7F3C"/>
+    <w:rsid w:val="006D3100"/>
+    <w:rsid w:val="006D3F14"/>
     <w:rsid w:val="006F0338"/>
-    <w:rsid w:val="006F269D"/>
     <w:rsid w:val="006F4B67"/>
     <w:rsid w:val="006F6DCC"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="0072199C"/>
+    <w:rsid w:val="00722406"/>
     <w:rsid w:val="00724B41"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="007411BE"/>
     <w:rsid w:val="00751ADA"/>
     <w:rsid w:val="00763AAD"/>
     <w:rsid w:val="00784BBB"/>
     <w:rsid w:val="00794310"/>
-    <w:rsid w:val="007960D6"/>
     <w:rsid w:val="007A71C7"/>
+    <w:rsid w:val="007F47F4"/>
+    <w:rsid w:val="008057B6"/>
+    <w:rsid w:val="008217E5"/>
     <w:rsid w:val="008243AD"/>
     <w:rsid w:val="00825C41"/>
     <w:rsid w:val="00831D07"/>
     <w:rsid w:val="00832C13"/>
     <w:rsid w:val="00886FFD"/>
     <w:rsid w:val="00894EFB"/>
+    <w:rsid w:val="008A7C46"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="008C5B74"/>
     <w:rsid w:val="008D5338"/>
     <w:rsid w:val="008E4A98"/>
+    <w:rsid w:val="008E5541"/>
+    <w:rsid w:val="008E7536"/>
     <w:rsid w:val="008F0073"/>
     <w:rsid w:val="00903C8A"/>
     <w:rsid w:val="0090601D"/>
     <w:rsid w:val="0090705F"/>
-    <w:rsid w:val="0091180C"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="00927716"/>
     <w:rsid w:val="00941D65"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="00952A91"/>
-    <w:rsid w:val="00965FBA"/>
     <w:rsid w:val="0097295A"/>
     <w:rsid w:val="00973DDC"/>
+    <w:rsid w:val="009768D3"/>
+    <w:rsid w:val="00981AD0"/>
+    <w:rsid w:val="00987C73"/>
     <w:rsid w:val="009B2AA4"/>
     <w:rsid w:val="009B793F"/>
     <w:rsid w:val="009E5A48"/>
+    <w:rsid w:val="00A056EE"/>
     <w:rsid w:val="00A11E44"/>
     <w:rsid w:val="00A212AF"/>
     <w:rsid w:val="00A32ADD"/>
+    <w:rsid w:val="00A674A9"/>
     <w:rsid w:val="00A729CD"/>
     <w:rsid w:val="00A75CAD"/>
+    <w:rsid w:val="00A9221C"/>
     <w:rsid w:val="00A953CB"/>
     <w:rsid w:val="00AC0BD3"/>
     <w:rsid w:val="00AC42E6"/>
     <w:rsid w:val="00AD1685"/>
     <w:rsid w:val="00AD4211"/>
+    <w:rsid w:val="00B006D4"/>
     <w:rsid w:val="00B05C41"/>
+    <w:rsid w:val="00B15565"/>
     <w:rsid w:val="00B20C46"/>
+    <w:rsid w:val="00B504E8"/>
     <w:rsid w:val="00B55220"/>
+    <w:rsid w:val="00B55E27"/>
     <w:rsid w:val="00B628D7"/>
+    <w:rsid w:val="00B83B13"/>
     <w:rsid w:val="00BA2778"/>
     <w:rsid w:val="00BA2B42"/>
     <w:rsid w:val="00BB68EF"/>
     <w:rsid w:val="00BC196F"/>
+    <w:rsid w:val="00BC394D"/>
     <w:rsid w:val="00BD7002"/>
     <w:rsid w:val="00BE0918"/>
     <w:rsid w:val="00BF2B18"/>
     <w:rsid w:val="00BF44E3"/>
     <w:rsid w:val="00C23681"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00C47727"/>
+    <w:rsid w:val="00C50440"/>
     <w:rsid w:val="00C53BFA"/>
+    <w:rsid w:val="00C5777D"/>
     <w:rsid w:val="00C63B0E"/>
     <w:rsid w:val="00C70B51"/>
     <w:rsid w:val="00C775EA"/>
+    <w:rsid w:val="00C82078"/>
     <w:rsid w:val="00C825A4"/>
+    <w:rsid w:val="00C870F1"/>
+    <w:rsid w:val="00C90839"/>
     <w:rsid w:val="00CA400A"/>
     <w:rsid w:val="00CB079F"/>
     <w:rsid w:val="00CB6C8A"/>
     <w:rsid w:val="00CD3D82"/>
     <w:rsid w:val="00CE19CD"/>
     <w:rsid w:val="00CE555E"/>
     <w:rsid w:val="00CF7EFE"/>
     <w:rsid w:val="00D035CA"/>
+    <w:rsid w:val="00D10C71"/>
     <w:rsid w:val="00D1212F"/>
     <w:rsid w:val="00D21B70"/>
     <w:rsid w:val="00D26CAF"/>
-    <w:rsid w:val="00D66008"/>
     <w:rsid w:val="00D93FA6"/>
     <w:rsid w:val="00DC284B"/>
     <w:rsid w:val="00DD592F"/>
-    <w:rsid w:val="00DE589A"/>
+    <w:rsid w:val="00DE3F0F"/>
     <w:rsid w:val="00DE7AD8"/>
     <w:rsid w:val="00E27BCA"/>
     <w:rsid w:val="00E30FED"/>
     <w:rsid w:val="00E431C7"/>
     <w:rsid w:val="00E540DC"/>
     <w:rsid w:val="00E73557"/>
+    <w:rsid w:val="00E8494B"/>
+    <w:rsid w:val="00E936BD"/>
     <w:rsid w:val="00E96544"/>
+    <w:rsid w:val="00EA2A9D"/>
     <w:rsid w:val="00EA6337"/>
     <w:rsid w:val="00EB2C05"/>
-    <w:rsid w:val="00EB3F86"/>
     <w:rsid w:val="00EB4B24"/>
     <w:rsid w:val="00EC00CC"/>
     <w:rsid w:val="00EC400B"/>
     <w:rsid w:val="00EE552F"/>
     <w:rsid w:val="00EF1853"/>
+    <w:rsid w:val="00EF2D96"/>
     <w:rsid w:val="00EF6368"/>
     <w:rsid w:val="00F11638"/>
     <w:rsid w:val="00F13316"/>
     <w:rsid w:val="00F21EE1"/>
-    <w:rsid w:val="00F26AB9"/>
     <w:rsid w:val="00F40DF4"/>
     <w:rsid w:val="00F4517D"/>
     <w:rsid w:val="00F52124"/>
     <w:rsid w:val="00F56725"/>
     <w:rsid w:val="00F606F3"/>
     <w:rsid w:val="00F61C78"/>
     <w:rsid w:val="00F66BDF"/>
     <w:rsid w:val="00F7384F"/>
     <w:rsid w:val="00F76A46"/>
     <w:rsid w:val="00F77372"/>
+    <w:rsid w:val="00F809E6"/>
     <w:rsid w:val="00F9151D"/>
+    <w:rsid w:val="00F95E1D"/>
     <w:rsid w:val="00FA307F"/>
     <w:rsid w:val="00FD0EF4"/>
     <w:rsid w:val="00FD14BE"/>
     <w:rsid w:val="00FF21C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -11000,69 +10932,69 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9859C544-584E-4B52-BB0C-8DD15A520CDD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>854</Words>
-  <Characters>4873</Characters>
+  <Words>807</Words>
+  <Characters>4606</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5716</CharactersWithSpaces>
+  <CharactersWithSpaces>5403</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>