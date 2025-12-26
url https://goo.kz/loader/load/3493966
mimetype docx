--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,436 +1,703 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1FA0AC6C" w14:textId="77777777" w:rsidR="00787A5B" w:rsidRPr="00A23B57" w:rsidRDefault="00787A5B" w:rsidP="00787A5B">
+    <w:p w14:paraId="3F65FE99" w14:textId="36D42693" w:rsidR="0044684C" w:rsidRPr="00A23B57" w:rsidRDefault="0044684C" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D514ED1" w14:textId="77777777" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A23B57">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2349793A" w14:textId="7E20840E" w:rsidR="00724B41" w:rsidRPr="0035510D" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75FBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мещение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75FBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidR="0035510D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и педагога-асистента</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5939FC3A" w14:textId="77777777" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208E2D51" w14:textId="48E8EC55" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имени Камала Макпалеева</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096D33A7" w14:textId="34220C74" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="194484CD" w14:textId="74A76AF6" w:rsidR="00FE0EF9" w:rsidRPr="00A23B57" w:rsidRDefault="00FE0EF9" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55BF4BF0" w14:textId="5E7A5EFB" w:rsidR="00FE0EF9" w:rsidRDefault="00FE0EF9" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="179ABC32" w14:textId="77777777" w:rsidR="00A23B57" w:rsidRPr="00A23B57" w:rsidRDefault="00A23B57" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B8B9B6" w14:textId="77777777" w:rsidR="000742B3" w:rsidRPr="00A23B57" w:rsidRDefault="000742B3" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72D3D50F" w14:textId="39A95646" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00FE0EF9" w:rsidP="00FE0EF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9527B" w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на замещение вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="0035510D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагога-ассистента</w:t>
+      </w:r>
+      <w:r w:rsidR="0046129C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>признается несостоявшимся из-за отсутствия кандидатов,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9527B" w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участвующих </w:t>
+      </w:r>
+      <w:r w:rsidR="000742B3" w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9527B" w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A19710" w14:textId="26328B0E" w:rsidR="00724B41" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C0D5719" w14:textId="77777777" w:rsidR="00A23B57" w:rsidRPr="00A23B57" w:rsidRDefault="00A23B57" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="292D08F8" w14:textId="77777777" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="3FBDE8DC" w14:textId="77777777" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739B26CC" w14:textId="669D7160" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии               </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="009B793F" w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Крутова И.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222C4903" w14:textId="77777777" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17F9B6F5" w14:textId="23783A28" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="0035510D" w:rsidP="00724B41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="009B793F" w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r w:rsidR="00724B41" w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00724B41" w:rsidRPr="00A23B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EC97B0" w14:textId="77777777" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00724B41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42681097" w14:textId="77777777" w:rsidR="00724B41" w:rsidRPr="00A23B57" w:rsidRDefault="00724B41" w:rsidP="00583255">
+      <w:pPr>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...345 lines deleted...]
-    <w:sectPr w:rsidR="00724B41" w:rsidRPr="00787A5B">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00724B41" w:rsidRPr="00A23B57">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FE05354"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AD8F37A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -508,125 +775,121 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="165167765">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
     <w:rsid w:val="00007026"/>
     <w:rsid w:val="000526D8"/>
     <w:rsid w:val="000742B3"/>
-    <w:rsid w:val="0007604F"/>
     <w:rsid w:val="00093BDF"/>
     <w:rsid w:val="000B74BF"/>
     <w:rsid w:val="000F0836"/>
     <w:rsid w:val="00101E67"/>
     <w:rsid w:val="00134C18"/>
     <w:rsid w:val="001468C6"/>
     <w:rsid w:val="001F5814"/>
     <w:rsid w:val="00201EAA"/>
     <w:rsid w:val="002D4211"/>
     <w:rsid w:val="002F0A27"/>
     <w:rsid w:val="002F2611"/>
-    <w:rsid w:val="00302114"/>
     <w:rsid w:val="0031406B"/>
     <w:rsid w:val="003315F7"/>
+    <w:rsid w:val="0035510D"/>
     <w:rsid w:val="003B6010"/>
     <w:rsid w:val="003C1C14"/>
     <w:rsid w:val="003D3600"/>
     <w:rsid w:val="0044684C"/>
     <w:rsid w:val="0046129C"/>
     <w:rsid w:val="004614F0"/>
     <w:rsid w:val="004A43BD"/>
     <w:rsid w:val="004F4693"/>
     <w:rsid w:val="00503374"/>
     <w:rsid w:val="00567436"/>
     <w:rsid w:val="00570347"/>
     <w:rsid w:val="00583255"/>
     <w:rsid w:val="005B5671"/>
     <w:rsid w:val="00663328"/>
     <w:rsid w:val="006E091E"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="0072199C"/>
     <w:rsid w:val="00724B41"/>
     <w:rsid w:val="0074089D"/>
-    <w:rsid w:val="007417A3"/>
     <w:rsid w:val="00784BBB"/>
-    <w:rsid w:val="00787A5B"/>
-    <w:rsid w:val="00787B2C"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007A71C7"/>
     <w:rsid w:val="00810EDB"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="008D5338"/>
     <w:rsid w:val="008F0073"/>
     <w:rsid w:val="00901127"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="00973DDC"/>
     <w:rsid w:val="009B793F"/>
     <w:rsid w:val="009C4550"/>
     <w:rsid w:val="009E5A48"/>
     <w:rsid w:val="00A212AF"/>
     <w:rsid w:val="00A23B57"/>
     <w:rsid w:val="00A729CD"/>
     <w:rsid w:val="00AD1685"/>
     <w:rsid w:val="00AD4211"/>
     <w:rsid w:val="00B42931"/>
     <w:rsid w:val="00B6613A"/>
     <w:rsid w:val="00BC196F"/>
     <w:rsid w:val="00BD7002"/>
     <w:rsid w:val="00BE0918"/>
     <w:rsid w:val="00BE489E"/>
     <w:rsid w:val="00BF2B18"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00C47727"/>
     <w:rsid w:val="00C6071D"/>
     <w:rsid w:val="00C63B0E"/>
     <w:rsid w:val="00C9527B"/>
     <w:rsid w:val="00CB6C8A"/>
     <w:rsid w:val="00CC5359"/>
+    <w:rsid w:val="00CD1524"/>
     <w:rsid w:val="00CE19CD"/>
     <w:rsid w:val="00CE555E"/>
     <w:rsid w:val="00D025E6"/>
-    <w:rsid w:val="00D124C0"/>
     <w:rsid w:val="00D21B70"/>
     <w:rsid w:val="00D4477F"/>
     <w:rsid w:val="00DE7AD8"/>
     <w:rsid w:val="00E27BCA"/>
     <w:rsid w:val="00E30FED"/>
     <w:rsid w:val="00E431C7"/>
     <w:rsid w:val="00E540DC"/>
     <w:rsid w:val="00E75FBF"/>
     <w:rsid w:val="00EA592C"/>
     <w:rsid w:val="00EA6337"/>
     <w:rsid w:val="00EC00CC"/>
     <w:rsid w:val="00EC400B"/>
     <w:rsid w:val="00EE552F"/>
     <w:rsid w:val="00EF6368"/>
     <w:rsid w:val="00F11638"/>
     <w:rsid w:val="00F13316"/>
     <w:rsid w:val="00F66BDF"/>
     <w:rsid w:val="00F7384F"/>
     <w:rsid w:val="00FE0EF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -1392,70 +1655,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>64</Words>
-  <Characters>369</Characters>
+  <Words>60</Words>
+  <Characters>342</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>432</CharactersWithSpaces>
+  <CharactersWithSpaces>401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>