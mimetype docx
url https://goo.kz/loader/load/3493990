--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -1,9125 +1,12913 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="0BD0D9D0" w14:textId="77777777" w:rsidR="008A7F69" w:rsidRPr="008A7F69" w:rsidRDefault="008A7F69" w:rsidP="008A7F69">
+    <w:p w14:paraId="091C0EA4" w14:textId="04F728AC" w:rsidR="00E83974" w:rsidRPr="0060789C" w:rsidRDefault="00A25812" w:rsidP="00A25812">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060789C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының № 21 жалпы орта білім беру мектебі» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060789C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
+        <w:t xml:space="preserve"> КММ  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008A7F69">
+      <w:r w:rsidR="00ED70A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
+        <w:t xml:space="preserve">қазақ және орыс тілінде оқытатын </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7F69">
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="0039008F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t>на</w:t>
+        <w:t>музыкалық жетекші</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="006B70B7" w:rsidRPr="00C54039">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>музыкального руководителя</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7F69">
+      <w:r w:rsidR="006B70B7" w:rsidRPr="00C54039">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...31 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>б</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7F69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="006B70B7" w:rsidRPr="00C54039">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ос лауазымына </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A7F69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00355A40">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> (на вакантную должность)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="432"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="1781"/>
+        <w:gridCol w:w="4602"/>
+        <w:gridCol w:w="437"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="33F65442" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="23BD0BCA" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
           <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E39982B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="146A56B0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="328F912C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4E8C5EC0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1BCA28" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17275BA4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48C12006" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+          <w:p w14:paraId="5BF366D6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="007A6C09">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6C09" w:rsidRPr="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қазақстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республикасы, Павлодар облысы,                 Павлодар қаласы, Камзин  көшесі, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1796A0DA" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="15D37303" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C0B25CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="267A1B60" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22B5B0F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3579074B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Телефон  нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F52D3DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="7F19A4C7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-              <w:t>Камзина, 346</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="08C57150" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="5112F43A" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="278"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08A57D53" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+          <w:p w14:paraId="6BEFF25C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FC5A07C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w14:paraId="6F319D11" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электрондық  пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BAA8BE3" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
-[...8 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="5D6399DF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...11 lines deleted...]
-            </w:r>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="43191D4E" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00BF7743" w14:paraId="1BC70190" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1998C8A1" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+          <w:p w14:paraId="5F302458" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="155595AB" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+          <w:p w14:paraId="54EF248D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F5B780C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
-            <w:pPr>
+          <w:p w14:paraId="755A143B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:u w:val="single"/>
-[...12 lines deleted...]
-              <w:t>sosh21@goo.edu.kz</w:t>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №21 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="5A05486B" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00BF7743" w14:paraId="4F71012E" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="358614F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3C93BAF8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73DF73EA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0A7884C7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі  функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E6EC195" w14:textId="746DD53B" w:rsidR="00661D74" w:rsidRPr="009F205E" w:rsidRDefault="008A7F69" w:rsidP="009F205E">
-[...59 lines deleted...]
-              <w:t>ка</w:t>
+          <w:p w14:paraId="0D67BFEA" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="417" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603A3CE9" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="417" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="069CFBB5" w14:textId="353FACBC" w:rsidR="00E83974" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="417" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="2EB3C759" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00BF7743" w14:paraId="61B1F0F8" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="570"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17B8222A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3D4724EB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6011BA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1994FBEB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="039116DB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="702670AD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E037150" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0DBD81A1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6134ABB1" w14:textId="77777777" w:rsidR="00E957B9" w:rsidRPr="00E957B9" w:rsidRDefault="00661D74" w:rsidP="00E957B9">
-[...71 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3A22BCCE" w14:textId="27F2F6C9" w:rsidR="00E83974" w:rsidRPr="00846AB8" w:rsidRDefault="00ED70A7" w:rsidP="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қазақ және орыс тілдерінде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="0039008F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>музыкалық жетекші</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83974" w:rsidRPr="00846AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A25812" w:rsidRPr="00846AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00A25812" w:rsidRPr="00846AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүктеме</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83974" w:rsidRPr="00846AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0894BB8A" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="6238BFC3" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="638"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41F37421" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="02763489" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BCA2877" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10DF29E3" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C569C1D" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 129 258,89  теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4792B50E" w14:textId="01AFFCA6" w:rsidR="00E83974" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 159 626,94  теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00BF7743" w14:paraId="64687A7C" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="638"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36218856" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33BAE4D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3F7825AE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DEA6EEE" w14:textId="77777777" w:rsidR="00E957B9" w:rsidRPr="00E957B9" w:rsidRDefault="00661D74" w:rsidP="00E957B9">
+          <w:p w14:paraId="7F4A6743" w14:textId="23EAE106" w:rsidR="00E83974" w:rsidRPr="00846AB8" w:rsidRDefault="00D514E6" w:rsidP="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:sz w:val="21"/>
+              <w:t xml:space="preserve">қазақ және орыс тілдерінде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00474F93">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...69 lines deleted...]
-            </w:pPr>
+              <w:t>музыкалық жетекші</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1B024592" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00BF7743" w14:paraId="30670BE4" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CEB4106" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="172FDEB6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>3</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="782A5D3E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="227FA2AB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="0C47FA1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15903697" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59FE5AC8" w14:textId="77777777" w:rsidR="00E957B9" w:rsidRPr="00093BB9" w:rsidRDefault="00D27933" w:rsidP="00E957B9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="588B08BC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">-   </w:t>
-[...40 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68DAF1E1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327E3FEC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="383E21DB" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="70F02141" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:trHeight w:val="423"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4133A37E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="7C3FE46B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7513EE1D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3A2ADEB9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18A2CA78" w14:textId="04207DA2" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00AC4C19" w:rsidP="00A81D9B">
-            <w:pPr>
+          <w:p w14:paraId="19AF30CE" w14:textId="3050F856" w:rsidR="00E83974" w:rsidRDefault="00BF7743">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>21.08-29</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00664B92">
+            <w:r w:rsidR="00197A4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.08.2023</w:t>
+            </w:r>
+            <w:r w:rsidR="000A03CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0D417496" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00BF7743" w14:paraId="4DBC8525" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42A5943E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4738B353" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6534E583" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="6544429A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32CC45AF" w14:textId="77777777" w:rsidR="00E957B9" w:rsidRPr="00E957B9" w:rsidRDefault="00E957B9" w:rsidP="00E957B9">
-[...475 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="64BAA36D" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671C7D96" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B0AE066" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B4F7B06" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332F8A72" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DEF53B" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2172ACA8" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475662CD" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58192E09" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5907E7C2" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10) ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F52EB2D" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B14CDD3" w14:textId="77777777" w:rsidR="00355A40" w:rsidRPr="00355A40" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00D6DBD7" w14:textId="7829057E" w:rsidR="00E83974" w:rsidRDefault="00355A40" w:rsidP="00355A40">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...42 lines deleted...]
-              <w:t>;</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13) тәжірибе жоқ кандидаттың бейнепрезентациясы кемінде 15 минут, ең төменгі ажыратымдылығы – 720 x 480;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004379EA" w:rsidRPr="00B3089F" w14:paraId="101925BF" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="10523DA5" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="437" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1556E745" w14:textId="2CB118A7" w:rsidR="004379EA" w:rsidRPr="004D07D1" w:rsidRDefault="004379EA" w:rsidP="004379EA">
+          <w:p w14:paraId="544CC591" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>6</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41F2EEE0" w14:textId="210B94D6" w:rsidR="004379EA" w:rsidRPr="00B3089F" w:rsidRDefault="004379EA" w:rsidP="004379EA">
+          <w:p w14:paraId="20442AE9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Срок временно вакантной должности</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FC2D2AE" w14:textId="02414FF2" w:rsidR="004379EA" w:rsidRPr="000F2F33" w:rsidRDefault="004379EA" w:rsidP="004379EA">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="722F0150" w14:textId="0F0981F7" w:rsidR="00E83974" w:rsidRPr="00355A40" w:rsidRDefault="00FC0787">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бос лауазым</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...258 lines deleted...]
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="75D166C7" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="2A5A193C" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
           <w:trHeight w:val="781"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5401" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C9CB00D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3E13A5DA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12CE7DE8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5039" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="421A97EC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="44AE6E03" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C219109" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EC5C6A3" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24620FD1" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61058C08" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CD9F735" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40ED8019" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="725822BC" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A397677" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="498289EC" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FF202A5" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="725C3A99" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5740E46F" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F88630B" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E4C8C57" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39B0BC73" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C3A4F42" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73FF7BC1" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B3B80B8" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24C5D203" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54167549" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C9E5432" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61110AD5" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65D97334" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62258C52" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55851E59" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EEA2022" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26DFB675" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F6774F4" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EFE954C" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37B26ABD" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52B59E50" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C87521C" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E65B6FE" w14:textId="77777777" w:rsidR="00355A40" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16C0DB5D" w14:textId="6F29F84D" w:rsidR="00E83974" w:rsidRDefault="00355A40">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83974">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FAC4D75" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1143113A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10247712" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="54F8A567" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F8A0DD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="61EE3742" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A402863" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...59 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D60C5D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...61 lines deleted...]
-    <w:p w14:paraId="6C7B3275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5D86E045" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...23 lines deleted...]
-        <w:t>)</w:t>
+    </w:p>
+    <w:p w14:paraId="1A56B03A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4B97A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...39 lines deleted...]
-    <w:p w14:paraId="45F8EB33" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0AB36FE6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7963DBB7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="20D88154" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F0F3AB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2CE644E4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C0A815" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...53 lines deleted...]
-    <w:p w14:paraId="01DA5854" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="18ED9C59" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307B2D16" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6E93BAAD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007D8309" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="346D6F77" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655A025E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4919BDB2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8F1E91" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9496C3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B689ADF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A1892CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="670A234B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC50549" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0AF8DCA0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-180" w:firstLine="180"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08349A94" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...15 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6068B103" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="651AD8EF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...15 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5BA4B8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...55 lines deleted...]
-    <w:p w14:paraId="0792AF00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5201395E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21504A86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="14029E3F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2047C103" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="437D9B39" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...15 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC44AC1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="44B8A65C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3474D6EF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="7AD2EA4A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01665C61" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0873150B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF2A8A3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="41FAF9B9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E3C6648" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="544B06EC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2CC121" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5D5567F8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2115"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2724"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="7DAD6024" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="12BF7D02" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15F9FB30" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="308285F0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A5910CC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32261F01" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="65E615F5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00B9296C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="46E54C84" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A76CD41" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="65B54F19" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1AAD1939" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="77A8688A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="578B4C4B" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="4384ED4C" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F4E4D5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="572B6767" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79FB1EEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="372AC4AB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31DEA68B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="7EC79D53" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45A7F5BE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4AEB64C0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15FAC406" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5D904464" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="503EC770" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="029C8A9F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>/</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>подтверждения</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-        <w:t>):_</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1375E271" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...25 lines deleted...]
-    <w:p w14:paraId="2C7CB8DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4A7EA484" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47CC7F0D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="777A42FB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0B32F93B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="28687EA9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>Имею следующие результаты работы:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...5 lines deleted...]
-        <w:t>________</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D90084D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4BCFED64" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599B50D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="02D2E08F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3678D392" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6EFD8F82" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545959DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="10776BF6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="02D93441" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="50757EFA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="61B6413B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="46952904" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F1674E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="63536361" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7314D0E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="111873C8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...5 lines deleted...]
-        <w:t>_</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009F4F9E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="721E7693" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7ABE1346" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="15B7EB14" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F64B15" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4BC2138A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F747497" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t>жылғы «____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...95 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B0C6FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="670A5ABA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
-        </w:rPr>
-[...16 lines deleted...]
-          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F2F33" w:rsidRPr="00B25802" w14:paraId="0C99E674" w14:textId="77777777" w:rsidTr="00D549C2">
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="1E1C5C3A" w14:textId="77777777" w:rsidTr="002C54F0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="416165EB" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
+          <w:p w14:paraId="1ABA7673" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="508FBACB" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
+          <w:p w14:paraId="7E5ED80A" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34FDD018" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00D4564D" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
-[...1 lines deleted...]
-              <w:pStyle w:val="a7"/>
+          <w:p w14:paraId="1792F5AA" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D4564D">
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="a7"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BE74250" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D4564D">
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="a7"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D4564D">
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71E7E2CF" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="a7"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D4564D">
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67F500D4" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="a7"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D2DB8EE" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D4564D">
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="072A9A67" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="002E00FE" w:rsidRDefault="000F2F33" w:rsidP="000F2F33">
+    <w:p w14:paraId="410AE7C6" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="00846AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="087225FB" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="000F2F33">
+    <w:p w14:paraId="5A6A7470" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="00846AB8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E27C961" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="000F2F33">
+    <w:p w14:paraId="4101E0E7" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="00846AB8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001DCD32" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="00846AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F2F33" w:rsidRPr="00B25802" w14:paraId="30C4CA5A" w14:textId="77777777" w:rsidTr="00D549C2">
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="0521E539" w14:textId="77777777" w:rsidTr="002C54F0">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0570FA4F" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="1255B163" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A3F50C9" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7C82DB9C" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0B0FAD" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="432FE42B" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="256545D4" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="1F511246" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="393491A9" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
+          <w:p w14:paraId="0436DA4E" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="476191C4" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="5D220E3B" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00636718" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0076BDB8" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6658DF96" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A8657FD" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EEA89E9" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56B97301" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="237DD285" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D01F409" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFBCE31" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="633D33AE" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E88E4DE" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64C10704" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C3713B8" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47FC6FEE" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5EE17E" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64FD650E" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="681AB275" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="07E6F942" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3DF479BF" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66EF5E90" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="080BB3C6" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43FC7744" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4778385B" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16CDED" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="727A0DD4" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42F50BA1" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4DCBF13C" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23F26B28" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2605A7A3" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41FCE458" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD0CC6D" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E3F3DDF" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3590C5" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20FF99AE" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08B75FF6" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE9193C" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00BF7743" w14:paraId="0805C140" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F7161BF" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BBFAD3C" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="002E00FE" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1365B044" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="002E00FE" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F27CF89" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">діскер (лауазымдық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс өтілі кемінде 2 жыл) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75518266" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530475C5" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D26E400" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="676BD904" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FD3616E" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B4DA71B" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="002E00FE" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D109118" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F9B4132" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0221288F" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1DA022" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04951C50" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00BF7743" w14:paraId="35F71B7E" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F7151E2" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="295F265E" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="424FA0C4" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03D75706" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77323028" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6E6A76" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00BF7743" w14:paraId="09B89605" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="63E67674" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B5B3D80" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1653068F" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A2F5220" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="546E559D" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27D74686" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08B93808" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A74AF8" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F3F18C" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09865F74" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0308A595" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC500B2" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="26FFB06D" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="095FF0D9" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40A75CB2" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F9BE46A" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A96A8D9" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D86DDE" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59FB99BD" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2445DB6D" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00BF7743" w14:paraId="1BBE771D" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A20188B" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C5A6941" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3384DDDF" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B408636" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4569830F" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD5AE30" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F885C2D" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D450430" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00BF7743" w14:paraId="28AD72B9" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74EC468F" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="275BD08A" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="085C09E4" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DF41571" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27E770EF" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E45557" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76AAE69C" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="002E00FE" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="155DE031" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D6E7278" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="212A480D" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E1AE81F" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1947DF75" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75543815" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AF880C1" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A704128" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F807B96" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F122473" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="660D2C76" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="226F9F28" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F3997C6" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="002E00FE" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F806364" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="002E00FE" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B71D2B7" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="002E00FE" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="139E433F" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2116FE8C" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A300473" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F275D1B" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="542BD0E4" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF98CE0" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00846AB8" w:rsidRPr="00B25802" w14:paraId="1E46FD1F" w14:textId="77777777" w:rsidTr="002C54F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39868182" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21F6812A" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
+          <w:p w14:paraId="782325D9" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08C5F3CA" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00B25802" w:rsidRDefault="000F2F33" w:rsidP="00D549C2">
-[...220 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="776FFCED" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRPr="00B25802" w:rsidRDefault="00846AB8" w:rsidP="002C54F0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...4108 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1015209E" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="0020641A" w:rsidRDefault="000F2F33" w:rsidP="000F2F33">
+    <w:p w14:paraId="04AF833B" w14:textId="77777777" w:rsidR="00846AB8" w:rsidRDefault="00846AB8" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="159103CD" w14:textId="77777777" w:rsidR="000F2F33" w:rsidRPr="00D4564D" w:rsidRDefault="000F2F33" w:rsidP="000F2F33">
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="000F2F33" w:rsidRPr="004B772A" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="00846AB8" w:rsidSect="00E83974">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="360" w:right="850" w:bottom="1134" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="1A67057C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1640D4B0"/>
+    <w:lvl w:ilvl="0" w:tplc="0F20C25E">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00810274"/>
-[...8 lines deleted...]
-    <w:rsid w:val="006044EA"/>
+    <w:rsidRoot w:val="00062A72"/>
+    <w:rsid w:val="00062A72"/>
+    <w:rsid w:val="00097C41"/>
+    <w:rsid w:val="000A03CF"/>
+    <w:rsid w:val="00197A4F"/>
+    <w:rsid w:val="001E3D98"/>
+    <w:rsid w:val="002921D9"/>
+    <w:rsid w:val="00355A40"/>
+    <w:rsid w:val="00364A9F"/>
+    <w:rsid w:val="0039008F"/>
+    <w:rsid w:val="003965CA"/>
+    <w:rsid w:val="004522D2"/>
+    <w:rsid w:val="00474F93"/>
+    <w:rsid w:val="0060789C"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="00661D74"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00BD4594"/>
+    <w:rsid w:val="006B70B7"/>
+    <w:rsid w:val="006C1BAE"/>
+    <w:rsid w:val="007A6C09"/>
+    <w:rsid w:val="007F2342"/>
+    <w:rsid w:val="00846AB8"/>
+    <w:rsid w:val="00A002BC"/>
+    <w:rsid w:val="00A25812"/>
+    <w:rsid w:val="00BF7743"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00D27933"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FC2BE5"/>
+    <w:rsid w:val="00D514E6"/>
+    <w:rsid w:val="00E83974"/>
+    <w:rsid w:val="00ED70A7"/>
+    <w:rsid w:val="00FC0787"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="685825A1"/>
-  <w15:docId w15:val="{E7AE018B-2E3B-47A1-8244-11B10776032F}"/>
+  <w14:docId w14:val="62C1CADF"/>
+  <w15:docId w15:val="{88FFD176-7232-4792-ACE9-ED60827AB829}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9472,206 +13260,169 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00E83974"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00661D74"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E83974"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E83974"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-    <w:name w:val="Emphasis"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="rynqvb">
+    <w:name w:val="rynqvb"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="20"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00A25812"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...15 lines deleted...]
-  <w:style w:type="character" w:styleId="a6">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FC2BE5"/>
+    <w:rsid w:val="00355A40"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...11 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1462966294">
-[...12 lines deleted...]
-    <w:div w:id="1715694845">
+    <w:div w:id="1001158521">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9915,90 +13666,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11620</Characters>
+  <Pages>5</Pages>
+  <Words>1895</Words>
+  <Characters>10804</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13631</CharactersWithSpaces>
+  <CharactersWithSpaces>12674</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>