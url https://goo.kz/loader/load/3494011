--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -1,403 +1,823 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00730668" w:rsidRDefault="00730668" w:rsidP="00730668">
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантную должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E33A3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учитель  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E33A3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> английского языка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001602DD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00730668" w:rsidRDefault="00730668" w:rsidP="00730668">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГКП «Дошкольная гимназия №6 города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отсутствием </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кандидатов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятие  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и  учителя казахского языка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с казахским языком обучения  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            Акпанова </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А.К</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07633" w:rsidRPr="00C07633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07633" w:rsidRPr="00C07633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C07633" w:rsidRPr="00C07633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>август  2023 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="009D03B6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1A2E" w:rsidRPr="009D03B6" w:rsidRDefault="002A1A2E" w:rsidP="002A1A2E">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="00730668" w:rsidRDefault="00730668" w:rsidP="00730668">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A1A2E" w:rsidRPr="0025189E" w:rsidRDefault="002A1A2E" w:rsidP="002A1A2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F0A88" w:rsidRPr="009D03B6" w:rsidRDefault="009D03B6" w:rsidP="00B8147E">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...212 lines deleted...]
-        <w:pStyle w:val="1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF2DCB" w:rsidRPr="009D03B6" w:rsidRDefault="00BF2DCB" w:rsidP="00A4431C">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-    <w:sectPr w:rsidR="00D53FEE" w:rsidRPr="003A5CCE" w:rsidSect="00EA62D8">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF2DCB" w:rsidRDefault="00BF2DCB" w:rsidP="00BF2DCB"/>
+    <w:p w:rsidR="00D53FEE" w:rsidRPr="00BF2DCB" w:rsidRDefault="00BF2DCB" w:rsidP="00BF2DCB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3285"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D53FEE" w:rsidRPr="00BF2DCB" w:rsidSect="005A44B1">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
@@ -414,139 +834,132 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002351B4"/>
-    <w:rsid w:val="00032BFE"/>
-    <w:rsid w:val="00057AC2"/>
+    <w:rsid w:val="000722D3"/>
+    <w:rsid w:val="0009722E"/>
+    <w:rsid w:val="000B137A"/>
+    <w:rsid w:val="001248F0"/>
     <w:rsid w:val="001439C3"/>
-    <w:rsid w:val="00144109"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001A1F9F"/>
+    <w:rsid w:val="001B4EE1"/>
     <w:rsid w:val="001F18D0"/>
     <w:rsid w:val="002351B4"/>
     <w:rsid w:val="002A1A2E"/>
-    <w:rsid w:val="002D644F"/>
-    <w:rsid w:val="00314881"/>
+    <w:rsid w:val="002B62A8"/>
     <w:rsid w:val="00362C73"/>
-    <w:rsid w:val="003977F4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003E08F8"/>
+    <w:rsid w:val="003B16B7"/>
     <w:rsid w:val="003F0A88"/>
-    <w:rsid w:val="003F41C5"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00521E1C"/>
+    <w:rsid w:val="00407303"/>
+    <w:rsid w:val="00407EA6"/>
+    <w:rsid w:val="00467220"/>
+    <w:rsid w:val="004737A2"/>
+    <w:rsid w:val="004B6C04"/>
+    <w:rsid w:val="004B7A39"/>
+    <w:rsid w:val="004C3542"/>
+    <w:rsid w:val="00516436"/>
+    <w:rsid w:val="005917A4"/>
     <w:rsid w:val="005A44B1"/>
-    <w:rsid w:val="005D192D"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00865213"/>
+    <w:rsid w:val="005D6FD2"/>
+    <w:rsid w:val="005E33A3"/>
+    <w:rsid w:val="005E521D"/>
+    <w:rsid w:val="006033E3"/>
+    <w:rsid w:val="006964B5"/>
+    <w:rsid w:val="006A152D"/>
+    <w:rsid w:val="006A583C"/>
+    <w:rsid w:val="006B2C97"/>
+    <w:rsid w:val="00901C35"/>
     <w:rsid w:val="00903A80"/>
-    <w:rsid w:val="00926188"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00D253DF"/>
+    <w:rsid w:val="00956554"/>
+    <w:rsid w:val="009601DE"/>
+    <w:rsid w:val="009D03B6"/>
+    <w:rsid w:val="009E1BA1"/>
+    <w:rsid w:val="00A4431C"/>
+    <w:rsid w:val="00AE49C9"/>
+    <w:rsid w:val="00B063D1"/>
+    <w:rsid w:val="00B30A68"/>
+    <w:rsid w:val="00B5502B"/>
+    <w:rsid w:val="00B8147E"/>
+    <w:rsid w:val="00BD6104"/>
+    <w:rsid w:val="00BF2DCB"/>
+    <w:rsid w:val="00C07633"/>
     <w:rsid w:val="00D53FEE"/>
-    <w:rsid w:val="00D56344"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FF304E"/>
+    <w:rsid w:val="00D97DDB"/>
+    <w:rsid w:val="00DA205A"/>
+    <w:rsid w:val="00DD0F33"/>
+    <w:rsid w:val="00DF76CA"/>
+    <w:rsid w:val="00E2323E"/>
+    <w:rsid w:val="00EA4F55"/>
+    <w:rsid w:val="00EF533A"/>
+    <w:rsid w:val="00F13717"/>
+    <w:rsid w:val="00F216F3"/>
+    <w:rsid w:val="00FB2E09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{DFB5D87D-AF16-415C-89E5-1038E81F4B7B}"/>
+  <w15:docId w15:val="{ECAC0DEB-29A7-49EA-B02D-9D891862A5A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -938,67 +1351,85 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="002A1A2E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005E33A3"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1953895939">
+    <w:div w:id="1788818787">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -1269,69 +1700,68 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>77</Words>
-  <Characters>445</Characters>
+  <Characters>444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>521</CharactersWithSpaces>
+  <CharactersWithSpaces>520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>