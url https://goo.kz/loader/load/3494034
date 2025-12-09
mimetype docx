--- v0 (2025-12-09)
+++ v1 (2025-12-09)
@@ -1,3258 +1,2664 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="550AC3DE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19090081" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БОС ОРЫНДАРҒА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09651B13" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC62F3" w14:textId="52FAAC07" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="00FF5024" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00B52021">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00075FBD">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00503421">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA89477" w14:textId="7458ADD2" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w14:paraId="69FCBCD9" w14:textId="16F0AD54" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="004764CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...75 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» коммуналдық мемлекеттік қазыналық кәсіпорны бос лауазымға орналасуға ашық конкурс жариялайды:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="1"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="10307" w:type="dxa"/>
+        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="673"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="2749"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>Вакантная должность</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бос орын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>Объем нагрузки</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жүктеме көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>Язык обучения</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқытылу тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Адрес </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МДҰ</w:t>
             </w:r>
-            <w:r w:rsidR="007D75B5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w14:paraId="349B9452" w14:textId="0407A836" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>ДО</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>Контакты, электронный адрес</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Байланыс телефондары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, электрон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дыадресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00672B92" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="00E93BE9" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E15072E" w14:textId="5EFFDB21" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="00903014" w:rsidP="002973E1">
+          <w:p w14:paraId="310BF63E" w14:textId="1E9F6B94" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Воспитатель</w:t>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәрбиеші</w:t>
             </w:r>
-            <w:r w:rsidR="008A6264">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00E93BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бала күтіміне байланысты десмалыстағы қызметкердің орнына)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F04F60E" w14:textId="56F75547" w:rsidR="002973E1" w:rsidRDefault="008D7FB0" w:rsidP="002973E1">
+          <w:p w14:paraId="32F2806A" w14:textId="0FE5BA14" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00672B92">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00AD7E37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
-[...48 lines deleted...]
-              <w:t>казахский</w:t>
+            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C592FC1" w14:textId="6245DB12" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1C353ED2" w14:textId="3BA20674" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00026C6C" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41B7CFBD" w14:textId="4F08C63B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t xml:space="preserve">г. Павлодар, </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, Вс.Иванова көш. </w:t>
             </w:r>
-            <w:r w:rsidR="008C4D49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="125C97B9" w14:textId="77777777" w:rsidR="00672B92" w:rsidRPr="00672B92" w:rsidRDefault="00672B92" w:rsidP="002973E1">
+          <w:p w14:paraId="2D34C190" w14:textId="6EE59C53" w:rsidR="004764CC" w:rsidRPr="00A25445" w:rsidRDefault="004764CC" w:rsidP="0012129B">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">; </w:t>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69CF21F1" w14:textId="77777777" w:rsidR="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="508E4807" w14:textId="3B4B8B4F" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="00FD7043">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">email: </w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
+            <w:r w:rsidR="00E93BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00E93BE9" w:rsidRPr="00381989">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sad23@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w14:paraId="42E84D44" w14:textId="05355373" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="7D6E2588" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...69 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="601D2284" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRPr="00672B92" w:rsidRDefault="00315FB3" w:rsidP="002973E1">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="51F8021C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімді растайтын құжат, жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтіліне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптар қойылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3275C20A" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: оларды оқыту мен тәрбие беруде денсаулық сақтайтын технологияларды қолданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA1D99D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына, жас ерекшелік топтарының үлгілік оқыту жоспары бойынша оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортанын қалыптастырады, балалардың шығармашылығына (ойындық, танымдық, қозғалыс, көркемөнер, еңбекке баулу) жетекшілік етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E265006" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалармен жұмыс істеу кезінде жекелей және бағыттық әдісін іске асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED8D6E9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дамуында ауытқу байқалатын балалармен түзеу қызметі саласында еңбек ететін мамандармен бірлесе жұмыс жасайды, жалпы білім беретін оқу бағдарламаларын, оқу-әдістемелік әдебиеттерді зерделеу негізінде және топтағы балалардың жеке талаптарын ескере отырып тәрбие-білім беру жұмыстарын жоспарлайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB99597" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбиелеу мен оқыту қызметін қол жеткен жетістіктерді қорытындылай отырып жоспарлайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DAC9FE3" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мүмкіндіктері шектеулі балалар мен қалыпты жағдайда дамып келе жатқан балалардың мектеп жасына жеткенде мүмкіндіктерінің тең дәрежеде болуын қамтамасыз ету үшін бірге тәрбиелеу және оқыту арқылы оларды әлеуметтендіруді жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127EC619" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мамандардың ұсынымдарын ескере отырып, мүмкіндігі шектеулі әрбір баламен жеке жұмыс жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24825FA9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Отандық және шетелдік ғылыми-зерттеу жұмыстарының, авторлық шығармалардың негізінде педагогикалық қызметтің жаңа бағыттарын зерделеумен және оны жұмыс барысында қолданумен шұғылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389CA12C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектепке дейінгі балаларды тәрбиелеу және оқыту барысында ата-аналарға консультативтік көмек беруді іске асырады. Балалардың құқықтары мен мүдделерін қорғайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDFF976" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7213F7" w14:textId="482A490B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақы мөлшері білім деңгейіне, еңбек өтіліне,біліктілік санатына байланысты: </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0 000 теңгеден 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 000 теңгеге дейін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55749404" w14:textId="7F2175AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00503421">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>желтоқсан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы № 5</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығы негізінде өткізіледі "Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидалары"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745F3A83" w14:textId="1024BAD2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Конкурсты өткізу күні мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00503421">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00257F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдар аралығында</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар қаласы № </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақшасы" коммуналдық мемлекеттік қазыналық кәсіпорны, Павлодар қаласы, Вс көшесі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иванова, </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E321F22" w14:textId="1D8AA50A" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Байқау кезеңдері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E140A8" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Конкурс өткізу туралы хабарландыруды жариялау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137A36B0" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) конкурсты өткізу күні мен уақытын айқындау, конкурстық комиссияны қалыптастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5290C69E" w14:textId="6159C43C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұжаттарды қабылдау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17207C95" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) құжаттарды қарау (біліктілік талаптарына сәйкестігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54582A28" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) кандидаттардың балдары бірдей болған жағдайда әңгімелесу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55562C0D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кандидаттың құжаттары қабылданғаннан кейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үш жұмыс күні ішінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық статистика және арнайы есепке алу жөніндегі уәкілетті органға немесе оның аумақтық бөлімшелеріне Сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны туралы мәліметтердің болуы не болмауы туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау салу жіберіледі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық этиканың бұзылуы туралы Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы сапаны қамтамасыз ету комитетіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E4E1A9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны және/немесе педагогикалық әдеп нормаларын бұзғаны туралы мәліметтерді білгеннен кейін педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B202AA" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001CE750" w14:textId="23A5A170" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE29A56" w14:textId="3D23F7F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6347D0E0" w14:textId="3B24BA65" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5524FE5C" w14:textId="1E2C32AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073EF939" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EBC578" w14:textId="27EBDA8E" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11034432" w14:textId="3F688282" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сихоневрологиялық ұйымнан анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455BDD19" w14:textId="313513B2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аркологиялық ұйымнан анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703DE4FE" w14:textId="0D5B2945" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ТБЖ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болса); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1186C71B" w14:textId="3A9B747D" w:rsidR="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) педагогтің бос немесе уақытша бос лауазымына кандидаттың 11-қосымшаға сәйкес нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D0BEB7" w14:textId="18ADF747" w:rsidR="0058040B" w:rsidRPr="0058040B" w:rsidRDefault="0058040B" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...17 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058040B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) еңбек өтілімі жоқ үміткерлер 15 минуттан кем емес бейнепрезентация дайындау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9120C2" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        3), 4), 5) тармақшаларда көрсетілген құжаттарды жұмыс орнының кадр қызметі немесе білім беру ұйымының жауапты қызметкері мөрмен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA2BD65" w14:textId="564E8D46" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстық тағайындауға қатысу үшін кандидат білім беруді басқару органының қарауына өзінің кәсіби жетістіктері, біліктілігін арттыруы, ғылыми зерттеулері, өзінің педагогикалық тәжірибесін жинақтауы, наградалары туралы материалдарды, тиімділік көрсеткіштеріне қол жеткізу туралы ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E573A7" w14:textId="5C2C27D2" w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F8056A" w:rsidRPr="00F8056A">
-[...2174 lines deleted...]
-    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidSect="009B650A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E84E7E"/>
-[...52 lines deleted...]
-    <w:rsid w:val="00FD5443"/>
+    <w:rsidRoot w:val="00927359"/>
+    <w:rsid w:val="00026C6C"/>
+    <w:rsid w:val="000E136E"/>
+    <w:rsid w:val="0012129B"/>
+    <w:rsid w:val="00174629"/>
+    <w:rsid w:val="00257F35"/>
+    <w:rsid w:val="00402B31"/>
+    <w:rsid w:val="004764CC"/>
+    <w:rsid w:val="0047768B"/>
+    <w:rsid w:val="00503421"/>
+    <w:rsid w:val="0058040B"/>
+    <w:rsid w:val="006133CD"/>
+    <w:rsid w:val="00666764"/>
+    <w:rsid w:val="007A7E15"/>
+    <w:rsid w:val="007D0D1C"/>
+    <w:rsid w:val="007E0CF4"/>
+    <w:rsid w:val="00927359"/>
+    <w:rsid w:val="009B650A"/>
+    <w:rsid w:val="00A23B20"/>
+    <w:rsid w:val="00A25445"/>
+    <w:rsid w:val="00A43974"/>
+    <w:rsid w:val="00AE5998"/>
+    <w:rsid w:val="00AF2CBA"/>
+    <w:rsid w:val="00B52021"/>
+    <w:rsid w:val="00BC09FC"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="00E93BE9"/>
+    <w:rsid w:val="00E974D1"/>
+    <w:rsid w:val="00EA3E59"/>
+    <w:rsid w:val="00EF7859"/>
+    <w:rsid w:val="00F5345F"/>
+    <w:rsid w:val="00F60B2A"/>
+    <w:rsid w:val="00F8475B"/>
+    <w:rsid w:val="00FD7043"/>
+    <w:rsid w:val="00FF5024"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="45A1B4D5"/>
-  <w15:docId w15:val="{BC766A03-07D0-4F81-A423-856A0F0874A1}"/>
+  <w14:docId w14:val="006D75FF"/>
+  <w15:docId w15:val="{AA9CDBCF-B3BC-4018-9DC4-90A14F1CBB8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3367,51 +2773,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3594,564 +3000,461 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-[...72 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93BE9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="127863403">
+    <w:div w:id="931594349">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad23@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>996</Words>
-  <Characters>5678</Characters>
+  <Words>985</Words>
+  <Characters>5615</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6661</CharactersWithSpaces>
+  <CharactersWithSpaces>6587</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Смагулова Ж.А</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>