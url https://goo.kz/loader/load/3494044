--- v0 (2025-12-08)
+++ v1 (2026-02-28)
@@ -1,6718 +1,7654 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...10 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DB0812">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>КГКП «</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB0812">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Дошкольная гимназия</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ тілінде оқытатын     ән-күй жетекшісінің    бос лауазымына</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB0812">
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DB0812">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-        <w:t>музыкального руководителя</w:t>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  конкурс жариялайды </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB0812">
-[...20 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="9889" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6946"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:ind w:left="-284" w:right="-108" w:firstLine="284"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...17 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...26 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының № 6 мектепке дейінгі гимназиясы» коммуналдық мемлекеттік қазыналық кәсіпорны. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы,   Ак. Сатпаев көшесі, 241 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...58 lines deleted...]
-              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 67-63-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidRPr="006464F0">
+              <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:lang w:val="kk-KZ"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>sad6@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00620E6B" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00620E6B">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> казахского языка  с государственным языком на 1 ставку</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қазақ тілінде оқытатын    қазақ тілі мұғалімі, 1  еңбекақы мөлшермен </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="0076342D" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="00F72656" w:rsidP="003035A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-              </w:rPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0076342D">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F72656">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003035A1" w:rsidRPr="003035A1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00077434" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына сәйкес балаларды эстетикалық дамыту мен музыкалық тәрбиелеуді жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00077434">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00077434" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Музыкалық сабақты, балалар мерекелерін және басқа да мәдени-көпшілік іс-шараларды ұйымдастырады және өткізеді, музыкалық дарынды балларды анықтайды. Балалармен жеке жұмысты жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00077434">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00077434" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Балалардың ойын әрекеттерін ұйымдастыруға қатысады, түрлі музыкалық және дидактикалық ойындар өткізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00077434">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00077434" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Педагогикалық кеңестерді дайындауға, әдістемелік бірлестіктердің жұмысына қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00077434">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00077434" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Балалармен жұмыс жасауда инновациялық педагогикалық тәжірибені енгізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00077434">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Балаларды музыкалық тәрбиелеу мәселесі ата-аналар мен тәрбиеленушілерге кеңес береді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0" w:right="188"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00523709" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:firstLine="689"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән  бойынша  мектепке дейінгі тәрбие мен оқытудың ұйымдастырылған іс- әрекетіне песпективалық  жоспар,   мектепке дейінгі тәрбие мен оқытудың үлгілік оқу  бағдарламасы мазмұнын меңгеру бойынша мониторинг </w:t>
+            </w:r>
+            <w:r w:rsidR="003035A1" w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бастапқы, аралық,қорытынды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) жүргізу және бақылау парағын толтыру.   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:right="200" w:firstLine="578"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бөлім бойынша жиынтық бағалауды және   бастапқы, аралық,қорытынды бойынша жиынтық бағалауды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="00F72656" w:rsidP="003035A1">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:firstLine="419"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастыру іс – әрекетінде №6 гимназиясының авторлық бағдарламалармен және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қолданады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-68"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастыру іс – әрекетінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарапайым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етуді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және  ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологиялардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымшаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00523709" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00523709" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00523709" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 92000-130000  теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 100000-140000 теңге</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
-[...98 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="_GoBack"/>
         <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="001446D0" w:rsidRPr="001446D0" w:rsidRDefault="001446D0" w:rsidP="001446D0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C70EC0" w:rsidRPr="00C70EC0" w:rsidRDefault="00E20BDE" w:rsidP="00C70EC0">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001E6F24">
+            <w:r w:rsidR="00226F4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00805F32">
+            <w:r w:rsidR="00226F4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>24.08.23-04.09.2023</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
-[...4 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а сәйкес нысан бойынша Конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...21 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9) сертификаттаудан өту нәтижелері туралы сертификат немесе педагог-модератордан төмен емес қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...13 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12)тәжірибе жоқ кандидаттың бейнепрезентациясы кемінде 15 минут, ең төменгі ажыратымдылығы – 720 x 480;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Постоянно </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="003035A1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...1 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-              <w:pStyle w:val="aa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:pStyle w:val="aa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidR="000A3A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ауазымға тағайындау, лауазымнан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E20BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...1 lines deleted...]
-        <w:pStyle w:val="aa"/>
+    <w:p w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога ___________________________________________________________</w:t>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ос немесе уақытша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>__________________</w:t>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едагог бос лауазымына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң бағалау парағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...11 lines deleted...]
-        <w:t>(фамилия, имя, отчество</w:t>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>(при его наличии))</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
-        <w:tblInd w:w="-951" w:type="dxa"/>
+        <w:tblW w:w="10395" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="468"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="2836"/>
+        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...20 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...19 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...87 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...21 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...181 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...12 lines deleted...]
-                <w:spacing w:val="2"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...45 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...100 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...820 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...18 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...11 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...19 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...45 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...334 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...886 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:hanging="951"/>
-[...20 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00E20BDE" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...472 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...14 lines deleted...]
-              <w:pStyle w:val="aa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="003035A1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...35 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...29 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>_____________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>____________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...35 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-        <w:t>_______________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>______________________</w:t>
+        <w:tab/>
+        <w:t>Мені _____________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...24 lines deleted...]
-        <w:t>Заявление</w:t>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...12 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="00CA7297" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...62 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...11 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>___________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_____________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1966"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2364"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...12 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного заведения</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>по диплому</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (бер</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-        <w:t>/</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>подтверждения):______________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(раста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>_________________________</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>______________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:t>Стаж педагогической работы:</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>___________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>___________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:t>Имею следующие результаты работы:</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>________</w:t>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>_____________________</w:t>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...60 lines deleted...]
-          <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...13 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="003200E5" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="008A177B">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00955956">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="008A177B">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00955956">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00194DDD" w:rsidRPr="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="008A177B">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00955956">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00664CC5" w:rsidRPr="00F94BEA" w:rsidRDefault="00F72656">
+      <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00194DDD" w:rsidRPr="00194DDD" w:rsidRDefault="00194DDD" w:rsidP="008A177B">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidRDefault="00955956" w:rsidP="00EE5357">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00194DDD" w:rsidRPr="00194DDD" w:rsidSect="0051516E">
-[...3 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidSect="00AA6459">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -6809,164 +7745,50 @@
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="06AA14A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2163" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="45925C06">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2467" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61E97544"/>
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="74203318"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2B079D0"/>
     <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -7034,51 +7856,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2163" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2467" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="76020A38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="842C3380"/>
     <w:lvl w:ilvl="0" w:tplc="FB74428A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="155" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0806222C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -7147,205 +7969,193 @@
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="ED601DB6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2199" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0F742A80">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC2F25"/>
+    <w:rsid w:val="00000244"/>
     <w:rsid w:val="00004D0A"/>
+    <w:rsid w:val="00006534"/>
+    <w:rsid w:val="00017BC7"/>
+    <w:rsid w:val="00021055"/>
     <w:rsid w:val="000253A4"/>
-    <w:rsid w:val="00044D99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0009783E"/>
+    <w:rsid w:val="000A3A28"/>
     <w:rsid w:val="000B44F4"/>
     <w:rsid w:val="001315D5"/>
-    <w:rsid w:val="001446D0"/>
-    <w:rsid w:val="00175643"/>
+    <w:rsid w:val="001509E6"/>
+    <w:rsid w:val="00167E96"/>
+    <w:rsid w:val="00185C10"/>
     <w:rsid w:val="00194DDD"/>
-    <w:rsid w:val="001C593B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001E6F24"/>
+    <w:rsid w:val="001B572A"/>
+    <w:rsid w:val="00223A6B"/>
+    <w:rsid w:val="00226F4F"/>
     <w:rsid w:val="00234522"/>
-    <w:rsid w:val="00255EE6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="003807A0"/>
+    <w:rsid w:val="002D59D4"/>
+    <w:rsid w:val="00301064"/>
+    <w:rsid w:val="003035A1"/>
+    <w:rsid w:val="00330280"/>
+    <w:rsid w:val="003644C2"/>
+    <w:rsid w:val="00391E14"/>
     <w:rsid w:val="00395C33"/>
-    <w:rsid w:val="00397460"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0051516E"/>
+    <w:rsid w:val="003E2A3C"/>
+    <w:rsid w:val="004A70E2"/>
+    <w:rsid w:val="004E41ED"/>
+    <w:rsid w:val="00554FBA"/>
     <w:rsid w:val="00560D96"/>
-    <w:rsid w:val="005E2ECB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00621919"/>
+    <w:rsid w:val="00565FCF"/>
+    <w:rsid w:val="00591058"/>
     <w:rsid w:val="006402A2"/>
     <w:rsid w:val="006424F8"/>
     <w:rsid w:val="00664CC5"/>
-    <w:rsid w:val="0069212B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00701B93"/>
+    <w:rsid w:val="006F261D"/>
+    <w:rsid w:val="00744677"/>
+    <w:rsid w:val="00761E19"/>
     <w:rsid w:val="007D7BB2"/>
-    <w:rsid w:val="007E6D00"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00806D04"/>
+    <w:rsid w:val="00872E53"/>
+    <w:rsid w:val="00894FF0"/>
     <w:rsid w:val="00896AB9"/>
-    <w:rsid w:val="008A177B"/>
-    <w:rsid w:val="00933877"/>
+    <w:rsid w:val="0091353E"/>
+    <w:rsid w:val="00950F3A"/>
     <w:rsid w:val="00955956"/>
-    <w:rsid w:val="009A5AC0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B50A1D"/>
+    <w:rsid w:val="009850F5"/>
+    <w:rsid w:val="00A56DF3"/>
+    <w:rsid w:val="00AA6459"/>
+    <w:rsid w:val="00AE49D2"/>
+    <w:rsid w:val="00B14C23"/>
+    <w:rsid w:val="00B62A4F"/>
     <w:rsid w:val="00B80257"/>
-    <w:rsid w:val="00BA183A"/>
+    <w:rsid w:val="00B93485"/>
     <w:rsid w:val="00BC2F25"/>
-    <w:rsid w:val="00BC7964"/>
-    <w:rsid w:val="00CA6211"/>
+    <w:rsid w:val="00C33C8F"/>
+    <w:rsid w:val="00C46AF5"/>
+    <w:rsid w:val="00C70EC0"/>
     <w:rsid w:val="00CC4101"/>
-    <w:rsid w:val="00CC4B0E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00DC2443"/>
+    <w:rsid w:val="00CD22BC"/>
+    <w:rsid w:val="00D00496"/>
+    <w:rsid w:val="00D717E7"/>
     <w:rsid w:val="00DC3314"/>
     <w:rsid w:val="00DE632B"/>
+    <w:rsid w:val="00E20BDE"/>
     <w:rsid w:val="00E44D0A"/>
-    <w:rsid w:val="00EA2E4F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED01CF"/>
     <w:rsid w:val="00EE5357"/>
-    <w:rsid w:val="00F21F41"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F60B80"/>
+    <w:rsid w:val="00EE5663"/>
+    <w:rsid w:val="00F72656"/>
     <w:rsid w:val="00F74050"/>
     <w:rsid w:val="00F94BEA"/>
-    <w:rsid w:val="00FB1F11"/>
-    <w:rsid w:val="00FC1619"/>
+    <w:rsid w:val="00FA5A6C"/>
+    <w:rsid w:val="00FC2372"/>
+    <w:rsid w:val="00FE11FD"/>
+    <w:rsid w:val="00FE6CB4"/>
+    <w:rsid w:val="00FF6F20"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1043"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{44628151-4FBE-414D-A24A-CB8D805A5216}"/>
+  <w15:docId w15:val="{0E7CAAB1-DB2E-4BAF-8D19-A99383C7F517}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7677,50 +8487,74 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EE5357"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F72656"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="20"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -7812,73 +8646,71 @@
     <w:qFormat/>
     <w:rsid w:val="00F94BEA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:rsid w:val="00194DDD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
     <w:name w:val="Table Normal1"/>
@@ -7894,66 +8726,94 @@
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00F72656"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB0812"/>
+    <w:rsid w:val="00F72656"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="595408037">
+    <w:div w:id="437993187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1861813971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -8223,69 +9083,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1711</Words>
-  <Characters>9756</Characters>
+  <Words>1826</Words>
+  <Characters>10411</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11445</CharactersWithSpaces>
+  <CharactersWithSpaces>12213</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>