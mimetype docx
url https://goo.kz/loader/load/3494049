--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -1,11628 +1,9560 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00CC7B84" w:rsidRDefault="00CC7B84" w:rsidP="00F31EDC">
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00EE1C8E" w:rsidRDefault="00502041" w:rsidP="00EE1C8E">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CC7B84" w:rsidRPr="00E76DFC" w:rsidRDefault="00CC7B84" w:rsidP="00CC7B84">
+    <w:p w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E" w:rsidRDefault="004A739B" w:rsidP="00EE1C8E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F45004">
+      <w:r w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00576026">
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет  конкурс </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7358">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7358">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ую </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7358">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должность</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдебиеттану  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC7B84" w:rsidRPr="00576026" w:rsidRDefault="00CC7B84" w:rsidP="00CC7B84">
+    <w:p w:rsidR="00EE1C8E" w:rsidRPr="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE1C8E">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>с государственным языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00576026">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10320" w:type="dxa"/>
+        <w:tblInd w:w="-901" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="393"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="7375"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Коммунальном государственном</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казенном предприятии «Дошкольная гимназия №6 города Павлодара</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы,   Ак. Сатпаев көшесі, 241 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 67-63-00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a7"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>sad6@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя </w:t>
+            </w:r>
+            <w:r>
+              <w:t>должност</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ь </w:t>
+            </w:r>
+            <w:r>
+              <w:t>учителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әдебиеттану    с государственным языком на 1 ставку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 92000-130000тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 100000-140000;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C71F27" w:rsidRPr="00C71F27" w:rsidRDefault="00C71F27" w:rsidP="00C71F27">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D20B44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007D2740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00451CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00451CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24.08.23-04.09.2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE1C8E" w:rsidTr="00EE1C8E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Постоянно </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қазақ тілінде оқытатын  </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> әдебиеттану мұғалімінің </w:t>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC7B84" w:rsidRPr="00F31EDC" w:rsidRDefault="00CC7B84" w:rsidP="00F31EDC">
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00576026">
-[...13 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...3454 lines deleted...]
-    <w:p w:rsidR="00CC7B84" w:rsidRPr="00F31EDC" w:rsidRDefault="00CC7B84" w:rsidP="00F31EDC">
+    <w:p w:rsidR="007B681F" w:rsidRPr="001F4BA9" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
-        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...386 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5533"/>
-        <w:gridCol w:w="4038"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="00BA25DA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B24499" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="00BA25DA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B24499" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="002E00FE" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...162 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
-[...27 lines deleted...]
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="002E00FE" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="004D03FA" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="004D03FA" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="004D03FA" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="004D03FA" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...14 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="20"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...50 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...67 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="10729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
-[...282 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4105 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="003E2AAA">
-[...10 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
-[...19 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
-[...19 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="2280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
-[...27 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="001235A7" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00B25802" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="0020641A" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00576026" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="005829CE" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5401"/>
-        <w:gridCol w:w="4170"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidTr="003751E2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...241 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="0043153B" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2AAA">
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я, адрес (область, район, город/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
-[...156 lines deleted...]
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2039"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2842"/>
+        <w:gridCol w:w="2077"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2022"/>
+        <w:gridCol w:w="2599"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidTr="003751E2">
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidTr="003751E2">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidTr="003751E2">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
-[...77 lines deleted...]
-          <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="003751E2">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="003751E2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...22 lines deleted...]
-        <w:t>):__________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...64 lines deleted...]
-        <w:t>_________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...190 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2AAA">
-[...78 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRPr="004D07D1" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00452A41" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="00790B31" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B681F" w:rsidRPr="001B695E" w:rsidRDefault="007B681F" w:rsidP="007B681F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150549" w:rsidRPr="003E2AAA" w:rsidRDefault="00150549" w:rsidP="00150549">
+    <w:p w:rsidR="007B681F" w:rsidRDefault="007B681F" w:rsidP="007B681F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC7B84" w:rsidRPr="00F31EDC" w:rsidRDefault="00CC7B84" w:rsidP="00F31EDC">
+    <w:p w:rsidR="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00EE1C8E"/>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
       <w:pPr>
-        <w:pStyle w:val="a8"/>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC7B84" w:rsidRPr="00F31EDC" w:rsidRDefault="00CC7B84" w:rsidP="00F31EDC">
+    <w:p w:rsidR="003200E5" w:rsidRPr="00EE1C8E" w:rsidRDefault="00EE1C8E" w:rsidP="00254C07">
       <w:pPr>
-        <w:pStyle w:val="a8"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="aa"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC7B84" w:rsidRPr="00F31EDC" w:rsidRDefault="00CC7B84" w:rsidP="00F31EDC">
-[...103 lines deleted...]
-    <w:sectPr w:rsidR="000F1A02" w:rsidRPr="00F31EDC" w:rsidSect="00F31EDC">
+    <w:sectPr w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidSect="00EE1C8E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00874A3E"/>
-[...37 lines deleted...]
-    <w:rsid w:val="00FF02BB"/>
+    <w:rsidRoot w:val="00A13624"/>
+    <w:rsid w:val="000554AB"/>
+    <w:rsid w:val="000D3BA5"/>
+    <w:rsid w:val="0016338F"/>
+    <w:rsid w:val="00254C07"/>
+    <w:rsid w:val="002940DB"/>
+    <w:rsid w:val="002B1F93"/>
+    <w:rsid w:val="002B2846"/>
+    <w:rsid w:val="002C4C62"/>
+    <w:rsid w:val="003200E5"/>
+    <w:rsid w:val="00357572"/>
+    <w:rsid w:val="0037549B"/>
+    <w:rsid w:val="00393161"/>
+    <w:rsid w:val="004251B0"/>
+    <w:rsid w:val="00451CF6"/>
+    <w:rsid w:val="00454524"/>
+    <w:rsid w:val="004A739B"/>
+    <w:rsid w:val="004B18D2"/>
+    <w:rsid w:val="004B64CA"/>
+    <w:rsid w:val="004F05BF"/>
+    <w:rsid w:val="00502041"/>
+    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="005B1B68"/>
+    <w:rsid w:val="005E26A4"/>
+    <w:rsid w:val="00672510"/>
+    <w:rsid w:val="0068022E"/>
+    <w:rsid w:val="006B5428"/>
+    <w:rsid w:val="006B7358"/>
+    <w:rsid w:val="006D757C"/>
+    <w:rsid w:val="006F60EB"/>
+    <w:rsid w:val="007B681F"/>
+    <w:rsid w:val="007D2740"/>
+    <w:rsid w:val="00852CD6"/>
+    <w:rsid w:val="00A13624"/>
+    <w:rsid w:val="00A53AEA"/>
+    <w:rsid w:val="00A62847"/>
+    <w:rsid w:val="00B008E3"/>
+    <w:rsid w:val="00B42167"/>
+    <w:rsid w:val="00B94C23"/>
+    <w:rsid w:val="00B97FE7"/>
+    <w:rsid w:val="00BB5F4F"/>
+    <w:rsid w:val="00C2136D"/>
+    <w:rsid w:val="00C71F27"/>
+    <w:rsid w:val="00C8534A"/>
+    <w:rsid w:val="00CB684D"/>
+    <w:rsid w:val="00CC3611"/>
+    <w:rsid w:val="00D04F39"/>
+    <w:rsid w:val="00D20B44"/>
+    <w:rsid w:val="00E1334D"/>
+    <w:rsid w:val="00ED0317"/>
+    <w:rsid w:val="00EE1C8E"/>
+    <w:rsid w:val="00F409A2"/>
+    <w:rsid w:val="00F912DD"/>
+    <w:rsid w:val="00FC5BD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{82E5CE20-9E6E-4A18-83E4-D2D8F8BD0E05}"/>
+  <w15:docId w15:val="{0B88C0BA-8CC8-48A1-A217-A4C34C18FE51}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11975,285 +9907,334 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00C2136D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00C2136D"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00A53AEA"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...8 lines deleted...]
-  <w:style w:type="table" w:styleId="a9">
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="003200E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B97FE7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
-    <w:rsid w:val="00CC7B84"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EE1C8E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="562644928">
+    <w:div w:id="1410271063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2146505888">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12287,84 +10268,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -12500,55 +10483,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1861</Words>
-  <Characters>10612</Characters>
+  <Words>1982</Words>
+  <Characters>11298</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12449</CharactersWithSpaces>
+  <CharactersWithSpaces>13254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lenovo</dc:creator>
+  <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>