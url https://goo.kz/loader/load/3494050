--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,359 +1,219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="097E8A54" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+    <w:p w14:paraId="3DBCB102" w14:textId="0AD5AFE6" w:rsidR="00C363E3" w:rsidRPr="00490226" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB6F1E">
+      <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Павлодар </w:t>
-[...171 lines deleted...]
-        <w:t>" КММ</w:t>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A82C251" w14:textId="568D71FC" w:rsidR="00BB6F1E" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+    <w:p w14:paraId="0ADF7E0F" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="00490226" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB6F1E">
+      <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бойынша </w:t>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="0074089D" w:rsidRPr="00490226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7581D7C8" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+    <w:p w14:paraId="3AF3C13E" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="00490226" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB6F1E">
+      <w:r w:rsidRPr="00490226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">педагогтердің бос және (немесе) уақытша бос лауазымдарына орналасуға </w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>конкурс</w:t>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF1E22B" w14:textId="113FF896" w:rsidR="00BB6F1E" w:rsidRPr="00BB6F1E" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+    <w:p w14:paraId="34493F6A" w14:textId="0FFCAF6A" w:rsidR="00C363E3" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB6F1E">
+      <w:r w:rsidRPr="00490226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F029EE" w:rsidRPr="00490226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C363E3" w:rsidRPr="00490226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00C363E3" w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> нәтижелері </w:t>
+        <w:t>»</w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7912A1D1" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="00490226" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -383,156 +243,147 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C930537" w14:textId="00D5E048" w:rsidR="00A16DBB" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="004E7B97">
+          <w:p w14:paraId="7C930537" w14:textId="77777777" w:rsidR="00A16DBB" w:rsidRPr="00490226" w:rsidRDefault="00A16DBB" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">               </w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ФИО               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3C16E7" w14:textId="1DBC1F33" w:rsidR="00A16DBB" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="004E7B97">
+          <w:p w14:paraId="2F3C16E7" w14:textId="77777777" w:rsidR="00A16DBB" w:rsidRPr="00490226" w:rsidRDefault="00A16DBB" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Лауазым</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F476294" w14:textId="5521FF90" w:rsidR="00A16DBB" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00AA268F">
+          <w:p w14:paraId="2F476294" w14:textId="77777777" w:rsidR="00A16DBB" w:rsidRPr="00490226" w:rsidRDefault="00A16DBB" w:rsidP="00AA268F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Нәтиже</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="609D8641" w14:textId="44CE777D" w:rsidR="00A16DBB" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="004E7B97">
+          <w:p w14:paraId="609D8641" w14:textId="77777777" w:rsidR="00A16DBB" w:rsidRPr="00490226" w:rsidRDefault="00A16DBB" w:rsidP="004E7B97">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Ескерту</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="0A301E63" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7127E47A" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -577,213 +428,229 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>биология мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A87E086" w14:textId="0C62F8F7" w:rsidR="00490226" w:rsidRPr="00BB6F1E" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="0A87E086" w14:textId="54417EA4" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19BD31E7" w14:textId="598F6D3A" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="1347D273" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="1347D273" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="730A7E63" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="730A7E63" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="749F89EB" w14:textId="531C7EF3" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="749F89EB" w14:textId="531C7EF3" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бауржанқызы Эльвира</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="277AFED3" w14:textId="5D15C5D2" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="277AFED3" w14:textId="5D15C5D2" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>биология мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="348EA145" w14:textId="06041DA1" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="348EA145" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ECDABE1" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="5ECDABE1" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00490226" w:rsidRPr="006378C6" w14:paraId="4AD2CC83" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="4AD2CC83" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="456134FB" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
@@ -823,130 +690,120 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>биология мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26634650" w14:textId="259CE212" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="006378C6" w:rsidP="00490226">
+          <w:p w14:paraId="26634650" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пройден</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="498D3FBB" w14:textId="101D92A5" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на временно вакантную должность (до </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-              <w:t>уақытша бос лауазымға (31.08.2024 жылға дейін)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31.08.2024</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="32136188" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13FCA6CB" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -991,2055 +848,2009 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагог-ассистент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C305A51" w14:textId="0C7D7900" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="2C305A51" w14:textId="06D5ACAC" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> өтті</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5605A838" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="4597DC58" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="4597DC58" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7613A6D2" w14:textId="645992C2" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="7613A6D2" w14:textId="645992C2" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF3CD88" w14:textId="3CD6B85F" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="6AF3CD88" w14:textId="3CD6B85F" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Заркеш Азамат Мұратұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2620D55E" w14:textId="04929733" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="2620D55E" w14:textId="04929733" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>математика мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A62D78" w14:textId="5EC0EE39" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="54A62D78" w14:textId="2DF59562" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пройден</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="062B48E3" w14:textId="708CF5AD" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на временно вакантную должность (до </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-              <w:t>уақытша бос лауазымға (31.08.2024 жылға дейін)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31.08.2024</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="3138FF92" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="3138FF92" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6DECF86E" w14:textId="5B601A48" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="6DECF86E" w14:textId="5B601A48" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="37037358" w14:textId="146BDA33" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="37037358" w14:textId="146BDA33" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Исмагулова Аружан Айдаровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6CD9A7" w14:textId="06BF243F" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="1A6CD9A7" w14:textId="06BF243F" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE6979C" w14:textId="5EDCA80F" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="5CE6979C" w14:textId="703817AA" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15532181" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="15532181" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="63B071D9" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="63B071D9" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72B1563C" w14:textId="10DD207D" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="72B1563C" w14:textId="10DD207D" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18461F9B" w14:textId="089E8729" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="18461F9B" w14:textId="089E8729" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Киянбек Зарина Бауыржанқызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55372EAF" w14:textId="6DDE3883" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="55372EAF" w14:textId="6DDE3883" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4106E450" w14:textId="6C29BC2B" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="4106E450" w14:textId="5B01804E" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4071AAC1" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="4071AAC1" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="51D21DF1" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="51D21DF1" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="030C7378" w14:textId="0E341735" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="030C7378" w14:textId="0E341735" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB669B6" w14:textId="44B3DEF3" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="0FB669B6" w14:textId="44B3DEF3" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кумарев Ярослав Анатольевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6402178D" w14:textId="012AD934" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="6402178D" w14:textId="012AD934" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4E620D" w14:textId="330D1CE6" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="006378C6" w:rsidP="00490226">
+          <w:p w14:paraId="3F4E620D" w14:textId="5EEDB70A" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> өтті</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1460CB" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="3D1460CB" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="35E7BE13" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="35E7BE13" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C8C0423" w14:textId="7F6AFDC7" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="6C8C0423" w14:textId="7F6AFDC7" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5287A68E" w14:textId="437CECD0" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="5287A68E" w14:textId="437CECD0" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Манабаева Майгуль Кажимкановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="390D6888" w14:textId="63DB4AAC" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="390D6888" w14:textId="63DB4AAC" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5270062B" w14:textId="148ED618" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="5270062B" w14:textId="4D3F6995" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA97484" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="2EA97484" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="2F8E630D" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="2F8E630D" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1673BBBE" w14:textId="2002A48B" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="1673BBBE" w14:textId="2002A48B" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70F61D85" w14:textId="6D0246C7" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="70F61D85" w14:textId="6D0246C7" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Абишева Назгуль Еркебуланкызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD76BAE" w14:textId="5332F8CE" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="2CD76BAE" w14:textId="5332F8CE" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4ACF7F" w14:textId="1CFEB6C1" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="5F4ACF7F" w14:textId="0003CE1A" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54071A72" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="54071A72" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="5C765B4C" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="5C765B4C" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="047AC92F" w14:textId="641D73C5" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="047AC92F" w14:textId="641D73C5" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7584D348" w14:textId="0B623735" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="7584D348" w14:textId="0B623735" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Добренко Светлана Васильевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03AA6EBD" w14:textId="657FC848" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="03AA6EBD" w14:textId="657FC848" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C670C9F" w14:textId="419E96DF" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="3C670C9F" w14:textId="6CBFEF8D" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="585BFFEF" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="585BFFEF" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="011A2DBE" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="011A2DBE" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43996CE4" w14:textId="6D196D7D" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="43996CE4" w14:textId="6D196D7D" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF35173" w14:textId="51ECA9EB" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="6FF35173" w14:textId="51ECA9EB" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Темиршот</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Елена Андреевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="648894D2" w14:textId="72335D00" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="648894D2" w14:textId="72335D00" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C239CB" w14:textId="5E0DEE97" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="66C239CB" w14:textId="69ED10BA" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4430041A" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="4430041A" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="60B08E62" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="60B08E62" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5222A7B2" w14:textId="72E9AAB0" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="5222A7B2" w14:textId="72E9AAB0" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="16883195" w14:textId="7F3F8903" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="16883195" w14:textId="7F3F8903" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жихарев Дмитрий Александрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01E2D369" w14:textId="3783C9F4" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="01E2D369" w14:textId="3783C9F4" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75D5120C" w14:textId="6F792693" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="75D5120C" w14:textId="27998CED" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A224B54" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="0A224B54" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="41772460" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="41772460" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="705340A2" w14:textId="63C38360" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="705340A2" w14:textId="63C38360" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44E36A6E" w14:textId="437846D4" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="44E36A6E" w14:textId="437846D4" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Гарифолла Данара Русланқызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6376E73C" w14:textId="55E76058" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="6376E73C" w14:textId="55E76058" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6391CA80" w14:textId="7873CB51" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="6391CA80" w14:textId="0EAFBE11" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B128B4E" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="6B128B4E" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="7F817B84" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="7F817B84" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="12BB463A" w14:textId="682B0548" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="12BB463A" w14:textId="682B0548" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3581E042" w14:textId="78420DE7" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="3581E042" w14:textId="78420DE7" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жернакова Ангелина Алексеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52851EDD" w14:textId="2867ED7B" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="52851EDD" w14:textId="2867ED7B" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57FDEAC9" w14:textId="2F459A12" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="57FDEAC9" w14:textId="56136625" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43250D71" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="43250D71" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="2D3301C1" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="2D3301C1" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="256C847F" w14:textId="3D0005F9" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="256C847F" w14:textId="3D0005F9" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4F23B442" w14:textId="191C3D6C" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="4F23B442" w14:textId="191C3D6C" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Лун</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ёва</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Оксана Юрьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27C723B1" w14:textId="360E5589" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="27C723B1" w14:textId="360E5589" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB0FD5E" w14:textId="5F8F0FBE" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="1DB0FD5E" w14:textId="574B1EC1" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29F4BE3D" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="29F4BE3D" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6F1E" w:rsidRPr="00490226" w14:paraId="30A2C77C" w14:textId="77777777" w:rsidTr="00490226">
+      <w:tr w:rsidR="00490226" w:rsidRPr="00490226" w14:paraId="30A2C77C" w14:textId="77777777" w:rsidTr="00490226">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18D7098E" w14:textId="10AD1685" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="18D7098E" w14:textId="10AD1685" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C964828" w14:textId="6B6D1E4A" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="0C964828" w14:textId="6B6D1E4A" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ауталипова Дарина Кайратовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C5AE984" w14:textId="5EF4380B" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="7C5AE984" w14:textId="5EF4380B" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490226">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46BD55A1" w14:textId="0F2C3FF4" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="46BD55A1" w14:textId="27756F62" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>конкурстан өткен жоқ</w:t>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490226">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="688AD1E2" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00490226">
+          <w:p w14:paraId="688AD1E2" w14:textId="77777777" w:rsidR="00490226" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="00490226">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2C917B8B" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="00490226" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4304B464" w14:textId="01AFB86A" w:rsidR="00BB6F1E" w:rsidRPr="00BB6F1E" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
-[...13 lines deleted...]
-    <w:p w14:paraId="7C0095C0" w14:textId="1B0920A9" w:rsidR="0094391B" w:rsidRPr="00490226" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+    <w:p w14:paraId="1FEDAC88" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="00490226" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BB6F1E">
+      <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурстық</w:t>
+        <w:t xml:space="preserve">Секретарь </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BB6F1E">
+    </w:p>
+    <w:p w14:paraId="7C0095C0" w14:textId="676D8381" w:rsidR="0094391B" w:rsidRPr="00490226" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> комиссия</w:t>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      <w:r w:rsidR="0094391B" w:rsidRPr="00490226">
+      <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r w:rsidR="00490226" w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Федорова Л.Н.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626E138E" w14:textId="4836B1F6" w:rsidR="00490226" w:rsidRPr="00BB6F1E" w:rsidRDefault="00BB6F1E" w:rsidP="0094391B">
+    <w:p w14:paraId="626E138E" w14:textId="77777777" w:rsidR="00490226" w:rsidRDefault="00490226" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1FBC0B4A" w14:textId="1A75A651" w:rsidR="0094391B" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="0094391B">
+    <w:p w14:paraId="1FBC0B4A" w14:textId="0B5BF90D" w:rsidR="0094391B" w:rsidRPr="00490226" w:rsidRDefault="00490226" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="0094391B" w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB6F1E">
+      <w:r w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тамыз</w:t>
+        <w:t>августа</w:t>
       </w:r>
       <w:r w:rsidR="00DE78FB" w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidR="0094391B" w:rsidRPr="00490226">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        <w:t>жыл</w:t>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C09DD11" w14:textId="77777777" w:rsidR="00BA65FF" w:rsidRPr="00490226" w:rsidRDefault="00BA65FF" w:rsidP="00BA65FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00BA65FF" w:rsidRPr="00490226" w:rsidSect="00490226">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="424" w:bottom="851" w:left="709" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -3150,93 +2961,90 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
+    <w:rsid w:val="0009212A"/>
     <w:rsid w:val="00113FCF"/>
     <w:rsid w:val="00154C33"/>
     <w:rsid w:val="00260DF1"/>
     <w:rsid w:val="002F2A05"/>
     <w:rsid w:val="00404AFB"/>
     <w:rsid w:val="00490226"/>
     <w:rsid w:val="004B244F"/>
     <w:rsid w:val="00570347"/>
-    <w:rsid w:val="006378C6"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="00727830"/>
     <w:rsid w:val="00737477"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007957B1"/>
     <w:rsid w:val="00833E3D"/>
-    <w:rsid w:val="00893F52"/>
     <w:rsid w:val="008A77C8"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="00967565"/>
     <w:rsid w:val="009D6FA9"/>
     <w:rsid w:val="00A11340"/>
     <w:rsid w:val="00A16DBB"/>
     <w:rsid w:val="00A42D80"/>
     <w:rsid w:val="00AA268F"/>
     <w:rsid w:val="00AE2142"/>
     <w:rsid w:val="00B3099C"/>
     <w:rsid w:val="00B6329A"/>
     <w:rsid w:val="00BA65FF"/>
-    <w:rsid w:val="00BB6F1E"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00DE78FB"/>
     <w:rsid w:val="00F029EE"/>
     <w:rsid w:val="00F46589"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -3384,51 +3192,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB6F1E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -3612,51 +3419,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB6F1E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -3684,51 +3490,50 @@
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -3983,66 +3788,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>241</Words>
-  <Characters>1379</Characters>
+  <Words>240</Words>
+  <Characters>1369</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1617</CharactersWithSpaces>
+  <CharactersWithSpaces>1606</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>