--- v0 (2025-12-07)
+++ v1 (2025-12-31)
@@ -1,581 +1,905 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A80DBF" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
-[...13 lines deleted...]
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
+    <w:p w14:paraId="5060C236" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F9EA6E" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB073FF" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="223427BB" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED9A2FF" w14:textId="525F0448" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4EDE30" w14:textId="28F8D202" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006378C6">
-[...14 lines deleted...]
-        <w:ind w:left="-426" w:firstLine="426"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие вакантной должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагога-ассистента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AEB133" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006378C6">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D0E298" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1291BECF" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E768420" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D42A85" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C51B9A7" w14:textId="784927BD" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с отсутствием кандидатов, уча</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-        <w:t>нт  бос лауазымына орналасуға (1</w:t>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагога-ассистента</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(1 ставка)</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="006378C6">
-[...11 lines deleted...]
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664C2D2F" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="136E451C" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
-[...123 lines deleted...]
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
+    <w:p w14:paraId="085DFF45" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1916A11B" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       Федорова Л.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="142F54A4" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AE13EC" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
+    <w:p w14:paraId="76CEC428" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006378C6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="006378C6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>23 августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ның</w:t>
-[...74 lines deleted...]
-    <w:p w:rsidR="00A80DBF" w:rsidRPr="006378C6" w:rsidRDefault="00A80DBF" w:rsidP="00A80DBF">
+        <w:t xml:space="preserve"> 2023 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C947F0" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="002F2A05" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00864B4D" w:rsidRDefault="00864B4D"/>
-    <w:sectPr w:rsidR="00864B4D" w:rsidSect="00490226">
+    <w:sectPr w:rsidR="002F2A05" w:rsidRPr="002F2A05" w:rsidSect="00490226">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="424" w:bottom="851" w:left="709" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="5FE05354"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AD8F37A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000D68E2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FB72C8"/>
+    <w:rsidRoot w:val="0090705F"/>
+    <w:rsid w:val="00113FCF"/>
+    <w:rsid w:val="00154C33"/>
+    <w:rsid w:val="00260DF1"/>
+    <w:rsid w:val="002F2A05"/>
+    <w:rsid w:val="00404AFB"/>
+    <w:rsid w:val="00490226"/>
+    <w:rsid w:val="004B244F"/>
+    <w:rsid w:val="00570347"/>
+    <w:rsid w:val="00711A0A"/>
+    <w:rsid w:val="00727830"/>
+    <w:rsid w:val="00737477"/>
+    <w:rsid w:val="0074089D"/>
+    <w:rsid w:val="00794310"/>
+    <w:rsid w:val="007957B1"/>
+    <w:rsid w:val="00833E3D"/>
+    <w:rsid w:val="008A77C8"/>
+    <w:rsid w:val="008B0E33"/>
+    <w:rsid w:val="0090705F"/>
+    <w:rsid w:val="00926690"/>
+    <w:rsid w:val="0094391B"/>
+    <w:rsid w:val="00967565"/>
+    <w:rsid w:val="009D6FA9"/>
+    <w:rsid w:val="00A11340"/>
+    <w:rsid w:val="00A16DBB"/>
+    <w:rsid w:val="00A42D80"/>
+    <w:rsid w:val="00AA268F"/>
+    <w:rsid w:val="00AE2142"/>
+    <w:rsid w:val="00B3099C"/>
+    <w:rsid w:val="00B6329A"/>
+    <w:rsid w:val="00BA65FF"/>
+    <w:rsid w:val="00BD1391"/>
+    <w:rsid w:val="00C363E3"/>
+    <w:rsid w:val="00DE78FB"/>
+    <w:rsid w:val="00F029EE"/>
+    <w:rsid w:val="00F46589"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2F947505"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -694,78 +1018,114 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A80DBF"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00711A0A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00711A0A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -885,91 +1245,127 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A80DBF"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00711A0A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00711A0A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1218,65 +1614,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>59</Words>
-  <Characters>342</Characters>
+  <Words>61</Words>
+  <Characters>351</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>400</CharactersWithSpaces>
+  <CharactersWithSpaces>411</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Люда</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Пользователь</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>