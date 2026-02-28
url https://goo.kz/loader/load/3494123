--- v0 (2025-12-09)
+++ v1 (2026-02-28)
@@ -1,5341 +1,4740 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="550AC3DE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19090081" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БОС ОРЫНДАРҒА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09651B13" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC62F3" w14:textId="03D4877D" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="00FC427C" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B07F1B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00260BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00855078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.08</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA89477" w14:textId="6B69BCA7" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w14:paraId="69FCBCD9" w14:textId="16F0AD54" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="004764CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...75 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» коммуналдық мемлекеттік қазыналық кәсіпорны бос лауазымға орналасуға ашық конкурс жариялайды:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="1"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="10307" w:type="dxa"/>
+        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="673"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="2749"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Вакантная должность</w:t>
+              <w:t>Бос орын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Объем нагрузки</w:t>
+              <w:t>Жүктеме көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Язык обучения</w:t>
+              <w:t>Оқытылу тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Адрес </w:t>
+              <w:t>МДҰ</w:t>
             </w:r>
-            <w:r w:rsidR="007D75B5">
+          </w:p>
+          <w:p w14:paraId="349B9452" w14:textId="0407A836" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ДО</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Контакты, электронный адрес</w:t>
+              <w:t>Байланыс телефондары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, электрон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дыадресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00672B92" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="00E93BE9" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E15072E" w14:textId="3F94D807" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="006A2ED5" w:rsidP="002973E1">
+          <w:p w14:paraId="310BF63E" w14:textId="2F3086D4" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="008945FF" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>методист</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>әдіскер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F04F60E" w14:textId="40418768" w:rsidR="002973E1" w:rsidRDefault="008D7FB0" w:rsidP="002973E1">
+          <w:p w14:paraId="32F2806A" w14:textId="2C20917C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
+            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставк</w:t>
-[...80 lines deleted...]
-              <w:t>русский</w:t>
+              <w:t xml:space="preserve"> ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C592FC1" w14:textId="6245DB12" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1C353ED2" w14:textId="71F8C985" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00026C6C" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
+            </w:r>
+            <w:r w:rsidR="008945FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41B7CFBD" w14:textId="4F08C63B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">г. Павлодар, </w:t>
+              <w:t xml:space="preserve">Павлодар қаласы, Вс.Иванова көш. </w:t>
             </w:r>
-            <w:r w:rsidR="008C4D49">
+            <w:r w:rsidR="004764CC">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="125C97B9" w14:textId="77777777" w:rsidR="00672B92" w:rsidRPr="00672B92" w:rsidRDefault="00672B92" w:rsidP="002973E1">
+          <w:p w14:paraId="2D34C190" w14:textId="6EE59C53" w:rsidR="004764CC" w:rsidRPr="00A25445" w:rsidRDefault="004764CC" w:rsidP="0012129B">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69CF21F1" w14:textId="77777777" w:rsidR="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="508E4807" w14:textId="3B4B8B4F" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">email: </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
+            <w:r w:rsidR="00E93BE9">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00E93BE9" w:rsidRPr="00381989">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sad23@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="7D6E2588" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...57 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B3902D2" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="64BA45CA" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006A2ED5">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе қайта даярлау курстарынан өткенін растайтын құжат, жұмыс өтіліне талап қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59143C82" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>тиісті бейін бойынша техникалық және кәсіптік білімі; мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7862372B" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>педагог-шебер үшін тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім; мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEB54B2" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-зерттеуші үшін бейіні бойынша техникалық және кәсіптік білімі бар жағдайда педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611D160A" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E374B2" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1) "педагог" (санаты жоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38009C31" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мектепке дейінгі ұйым әдіскеріне қойылатын жалпы талаптарға сәйкес болуы керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A74E13D" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Үлгілік оқу жоспарының, Үлгілік оқу бағдарламаның мазмұны мен құрылымын білу, мектепке дейінгі тәрбие мен оқытудың әдістері туралы білімі, балалардың психологиялық және жас ерекшеліктерін ескере отырып, оқу процесін жоспарлау және ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F1A80B" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>мектепке дейінгі жылдық жоспар құру және әдістемелік жұмысты ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C88165" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>балалардың дағдыларын дамыту сапасын бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5418B989" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>білім беру ұйымы деңгейінде іс-шаралар ұйымдастырады; меншікті ақпараттық-коммуникациялық құзыреттілікті білу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53929F4D" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF62158" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Санаты жоқ "педагог" санатына қойылатын жалпы талаптарға жауапты болуы керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F69F4AE" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>мектепке дейінгі тәрбие мен оқытудың әдіснамасын білуі керек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDC642A" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ұзақ мерзімді жоспар мен циклограмма жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FB9EDD" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>инновациялық әдістер мен технологияларды қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0A44A6" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>әдістемелік бірлестіктердің, семинарлардың, конференциялардың жұмысын ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F86F45" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>педагогтерге инновациялық технологияларды практикада қолдану бойынша әдістемелік көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD1712D" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>өзінің кәсіби біліктілігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EF8D48" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>меншікті ақпараттық-коммуникациялық құзыреттілігін білу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760BFD5C" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3) "педагог-сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4503BC84" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"педагог-модератор" санатына қойылатын жалпы талаптарға сәйкес келуі керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B63E4CD" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ұзақ мерзімді жоспар мен циклограмма жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024D65F1" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>балаларды оқыту мен тәрбиелеуді ұйымдастыруды талдау дағдыларына ие болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4C7D61" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>тәрбиешілердің аудандық, қалалық кәсіби жарыстарға қатысуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0772E03D" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>әдістемелік бірлестіктер, кеңестер, семинарлар, конференциялар ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D11413A" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>педагогтердің біліктілігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A002954" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>аудандық/қалалық деңгейдегі ұйым педагогтердің жеке және тәжірибелерін жинақтау, меншікті ақпараттық-коммуникациялық құзіреттілік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733E84DB" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4) "педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407BC3D0" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"педагог-сарапшы" санатына қойылатын жалпы талаптарға жауапты болуы керек, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6713DEF2" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>аудандық, қалалық әдістемелік бірлестіктердің, семинарлардың, конференциялардың жұмысына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005CE8B2" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>педагогтердің зерттеу құзіреттілігін дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0757B508" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>педагогтердің қалалық және облыстық жарыстарға қатысуын қамтамасыз етуге; аудандық, қалалық және облыстық деңгейде әдістемелік жұмыстың тәжірибесін ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC8A882" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>практикалық тәлімгерлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF558B7" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>көпшілік алдында сөйлеу және аудиториямен қарым-қатынас жасау дағдыларына ие болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75591255" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>мектеп жасына дейінгі балаларды оқыту мен тәрбиелеудің заманауи әдістерін қолдануға шығармашылық ізденістер жүргізу; мектепке дейінгі тәрбие мен оқытудың әдістемелік әзірлемелері бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75214D5F" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5) "педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A23784" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"педагог-зерттеуші" санатына қойылатын жалпы талаптарға жауап беруі керек, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F387C1F" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ұлттық және халықаралық деңгейдегі әдістемелік семинарлар мен конференциялардың жұмысына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FEA1CE" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>оқу, тәрбие әдістерін, оқу бағдарламаларын әзірлеу дағдыларын білу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27922F15" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>тәрбиешілердің облыстық және республикалық жарыстарға қатысуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E250AE7" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>практикалық тәлімгерлік және педагогикалық қоғамдастықтың даму стратегиясын конструктивті түрде анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E200453" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>облыстық оқу-әдістемелік кеңесінде немесе Республикалық оқу-әдістемелік кеңесінде мақұлданған, әдістемелік құжаттардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D52DE24" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ғылыми жобалау дағдыларын дамытуды қамтамасыз ету,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F20B377" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>тәлімгерлікті қамтамасыз ету және облыстық деңгейде кәсіби қоғамдастық желісін дамыту; республикалық және халықаралық жарыстарға қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6491B265" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
-[...852 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру қызметін әдістемелік қамтамасыз етуді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4475C88C" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу, оқу-тақырыптық жоспарлар және бағдарламаларды құрастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759B865C" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Балаларға арналған білім беру бағдарламаларын таңдауға (әзірлеуге) қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7E8004" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Жас ерекшелік топтары бойынша сабақты жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1201F864" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тәрбие мен оқытудың мазмұнын, нысанын, әдістері мен құралдарын анықтауға көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A2CD1F" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу-әдістемелік құжаттамаларды әзірлеуді, рецензиялауды және бекітуге дайындауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A41254" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Жаңартылған педагогикалық тәжірибелерді анықтауды, зерделеуді, таратуды және енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215FE1EE" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу әдістемелік құралдармен, ойындармен, ойыншықтармен топтарды жабдықтауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766B30E3" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу-әдістемелік және тәрбие жұмыстарының жағдайына талдау жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093F74F8" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тәрбиешілер үшін ашық сабақтар, семинарлар, жеке және топ бойынша консультациялар, конкурстар мен көрмелер өткізеді, шығармашылық топтардың жұмысын ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62771559" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу-педагогикалық және әдістемелік әдебиеттердің деректер банкін жүргізеді, есепке алу және есеп беру құжаттамаларын уақытылы ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7AED93" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тәрбиешілердің, психологтардың, логопедтердің, музыкалық жетекшілердің, басқа да ұйым мамандарының өзара әрекеттесуін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF8C5A4" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ерекше білім беру қажеттіліктері бар балаларды психологиялық-педагогикалық сүйемелдеу қызметінің қызметін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C308FB" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
-[...868 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тәрбиеші лауазымына және олардың көмекшілеріне кадрларды іріктеу бойынша ұсыныстар енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663C6E4E" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Біліктілікті арттыру және біліктілік санаттарын беру (растау), педагогтарды аттестаттау бойынша жұмысты үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3760A078" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7213F7" w14:textId="482A490B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақы мөлшері білім деңгейіне, еңбек өтіліне,біліктілік санатына байланысты: </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0 000 теңгеден 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 000 теңгеге дейін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55749404" w14:textId="5BCAB8D4" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00471134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>желтоқсан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы № 5</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығы негізінде өткізіледі "Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидалары"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745F3A83" w14:textId="7053AC26" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсты өткізу күні мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00260BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00855078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00260BB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC427C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдар аралығында</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар қаласы № </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақшасы" коммуналдық мемлекеттік қазыналық кәсіпорны, Павлодар қаласы, Вс көшесі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иванова, </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E321F22" w14:textId="1D8AA50A" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...12 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Байқау кезеңдері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E140A8" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Конкурс өткізу туралы хабарландыруды жариялау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137A36B0" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) конкурсты өткізу күні мен уақытын айқындау, конкурстық комиссияны қалыптастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5290C69E" w14:textId="6159C43C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұжаттарды қабылдау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17207C95" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) құжаттарды қарау (біліктілік талаптарына сәйкестігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54582A28" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) кандидаттардың балдары бірдей болған жағдайда әңгімелесу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55562C0D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кандидаттың құжаттары қабылданғаннан кейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үш жұмыс күні ішінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық статистика және арнайы есепке алу жөніндегі уәкілетті органға немесе оның аумақтық бөлімшелеріне Сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны туралы мәліметтердің болуы не болмауы туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау салу жіберіледі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық этиканың бұзылуы туралы Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы сапаны қамтамасыз ету комитетіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E4E1A9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны және/немесе педагогикалық әдеп нормаларын бұзғаны туралы мәліметтерді білгеннен кейін педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B202AA" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001CE750" w14:textId="23A5A170" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE29A56" w14:textId="3D23F7F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6347D0E0" w14:textId="3B24BA65" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5524FE5C" w14:textId="1E2C32AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073EF939" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EBC578" w14:textId="27EBDA8E" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11034432" w14:textId="3F688282" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сихоневрологиялық ұйымнан анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455BDD19" w14:textId="313513B2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аркологиялық ұйымнан анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703DE4FE" w14:textId="0D5B2945" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ТБЖ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болса); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1186C71B" w14:textId="3A9B747D" w:rsidR="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) педагогтің бос немесе уақытша бос лауазымына кандидаттың 11-қосымшаға сәйкес нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D0BEB7" w14:textId="18ADF747" w:rsidR="0058040B" w:rsidRPr="0058040B" w:rsidRDefault="0058040B" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058040B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) еңбек өтілімі жоқ үміткерлер 15 минуттан кем емес бейнепрезентация дайындау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9120C2" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">        3), 4), 5) тармақшаларда көрсетілген құжаттарды жұмыс орнының кадр қызметі немесе білім беру ұйымының жауапты қызметкері мөрмен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA2BD65" w14:textId="564E8D46" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстық тағайындауға қатысу үшін кандидат білім беруді басқару органының қарауына өзінің кәсіби жетістіктері, біліктілігін арттыруы, ғылыми зерттеулері, өзінің педагогикалық тәжірибесін жинақтауы, наградалары туралы материалдарды, тиімділік көрсеткіштеріне қол жеткізу туралы ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E573A7" w14:textId="5C2C27D2" w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
-[...2465 lines deleted...]
-    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidSect="009B650A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E84E7E"/>
-[...56 lines deleted...]
-    <w:rsid w:val="00FD5443"/>
+    <w:rsidRoot w:val="00927359"/>
+    <w:rsid w:val="00026C6C"/>
+    <w:rsid w:val="000E136E"/>
+    <w:rsid w:val="0012129B"/>
+    <w:rsid w:val="001E700A"/>
+    <w:rsid w:val="00260BB3"/>
+    <w:rsid w:val="00402B31"/>
+    <w:rsid w:val="00471134"/>
+    <w:rsid w:val="004764CC"/>
+    <w:rsid w:val="0047768B"/>
+    <w:rsid w:val="0058040B"/>
+    <w:rsid w:val="006133CD"/>
+    <w:rsid w:val="00666764"/>
+    <w:rsid w:val="007A7E15"/>
+    <w:rsid w:val="007D0D1C"/>
+    <w:rsid w:val="007E0CF4"/>
+    <w:rsid w:val="007E43A7"/>
+    <w:rsid w:val="00855078"/>
+    <w:rsid w:val="008945FF"/>
+    <w:rsid w:val="00927359"/>
+    <w:rsid w:val="0093152C"/>
+    <w:rsid w:val="009B650A"/>
+    <w:rsid w:val="00A23B20"/>
+    <w:rsid w:val="00A25445"/>
+    <w:rsid w:val="00A43974"/>
+    <w:rsid w:val="00AE5998"/>
+    <w:rsid w:val="00AF2CBA"/>
+    <w:rsid w:val="00BC09FC"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="00E93BE9"/>
+    <w:rsid w:val="00E974D1"/>
+    <w:rsid w:val="00EA3E59"/>
+    <w:rsid w:val="00EF7859"/>
+    <w:rsid w:val="00F5345F"/>
+    <w:rsid w:val="00F60B2A"/>
+    <w:rsid w:val="00F8475B"/>
+    <w:rsid w:val="00FC427C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="45A1B4D5"/>
-  <w15:docId w15:val="{BC766A03-07D0-4F81-A423-856A0F0874A1}"/>
+  <w14:docId w14:val="006D75FF"/>
+  <w15:docId w15:val="{AA9CDBCF-B3BC-4018-9DC4-90A14F1CBB8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5450,51 +4849,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5677,564 +5076,462 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-[...72 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93BE9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="127863403">
+    <w:div w:id="931594349">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad23@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1627</Words>
-  <Characters>9280</Characters>
+  <Words>1576</Words>
+  <Characters>8985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
+  <Lines>74</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10886</CharactersWithSpaces>
+  <CharactersWithSpaces>10540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Смагулова Ж.А</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>