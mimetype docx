--- v0 (2025-12-10)
+++ v1 (2025-12-10)
@@ -1,3834 +1,3221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="550AC3DE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19090081" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БОС ОРЫНДАРҒА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09651B13" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC62F3" w14:textId="5D6A0247" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="00FF5024" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00686E26">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00B52021">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00075FBD">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00503421">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA89477" w14:textId="7458ADD2" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w14:paraId="69FCBCD9" w14:textId="16F0AD54" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="004764CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...75 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» коммуналдық мемлекеттік қазыналық кәсіпорны бос лауазымға орналасуға ашық конкурс жариялайды:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="1"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="10307" w:type="dxa"/>
+        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="673"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="2749"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Вакантная должность</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бос орын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Объем нагрузки</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жүктеме көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Язык обучения</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқытылу тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Адрес </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МДҰ</w:t>
             </w:r>
-            <w:r w:rsidR="007D75B5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w14:paraId="349B9452" w14:textId="0407A836" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>ДО</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Контакты, электронный адрес</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Байланыс телефондары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, электрон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дыадресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00672B92" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="00E93BE9" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E15072E" w14:textId="2066C0C4" w:rsidR="000D0AFE" w:rsidRPr="00686E26" w:rsidRDefault="00686E26" w:rsidP="002973E1">
+          <w:p w14:paraId="310BF63E" w14:textId="5E6732D0" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00996BFA" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Учитель ИЗО</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сурет мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F04F60E" w14:textId="47B5AA49" w:rsidR="002973E1" w:rsidRDefault="008D7FB0" w:rsidP="002973E1">
+          <w:p w14:paraId="32F2806A" w14:textId="181E3AC1" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00686E26">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> и русский </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C592FC1" w14:textId="6245DB12" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1C353ED2" w14:textId="35C0E434" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00026C6C" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
+            </w:r>
+            <w:r w:rsidR="00996BFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41B7CFBD" w14:textId="4F08C63B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t xml:space="preserve">г. Павлодар, </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, Вс.Иванова көш. </w:t>
             </w:r>
-            <w:r w:rsidR="008C4D49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="125C97B9" w14:textId="77777777" w:rsidR="00672B92" w:rsidRPr="00672B92" w:rsidRDefault="00672B92" w:rsidP="002973E1">
+          <w:p w14:paraId="2D34C190" w14:textId="6EE59C53" w:rsidR="004764CC" w:rsidRPr="00A25445" w:rsidRDefault="004764CC" w:rsidP="0012129B">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">; </w:t>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69CF21F1" w14:textId="77777777" w:rsidR="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="508E4807" w14:textId="3B4B8B4F" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="00FD7043">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">email: </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
+            <w:r w:rsidR="00E93BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00E93BE9" w:rsidRPr="00381989">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sad23@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="7D6E2588" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...57 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="601D2284" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRPr="00672B92" w:rsidRDefault="00315FB3" w:rsidP="002973E1">
-[...14 lines deleted...]
-    <w:p w14:paraId="58C205C2" w14:textId="7065B750" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00686E26">
+    <w:p w14:paraId="51F8021C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімді растайтын құжат, жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтіліне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптар қойылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы</w:t>
-[...12 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F27466" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="009B650A" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00686E26">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00996BFA" w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77683342" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738372BE" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D5E853" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қысқа мерзімді жоспарларды, бөлімдер мен тоқсанның суммативті бағалауға арналған тапсырмаларды жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F82C7DA" w14:textId="2A081C6F" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Жалпыға міндетті білім беру стандарттарында көзделген оқушылар мен деңгейден төмен емес тәрбиеленушілердің пәндік нәтижелерін, отбасылық-қызметтік, тұлғалық жетістіктерін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2739B390" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAA6C15" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04015A7E" w14:textId="4A731519" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F946CD" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Арнайы (түзету) білім беру мекемелерінде оқытылатын пәннің ерекшелігін ескере отырып, дамуында ауытқуларды барынша түзетуге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу жөніндегі жұмысты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701DF4B2" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484142C8" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AABBEB6" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C00D9A" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D6C3B5" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651ECCD8" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A56F5B" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AADDDB0" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1E646E" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FFB257" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...132 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
-      <w:r>
-[...417 lines deleted...]
-      <w:r w:rsidRPr="00686E26">
+      <w:r w:rsidRPr="00996BFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:anchor="z67" w:history="1">
-        <w:r w:rsidRPr="00686E26">
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00996BFA">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Конституцию</w:t>
+          <w:t>Конституциясын</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00686E26">
-[...8 lines deleted...]
-        <w:t> Республики Казахстан, </w:t>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:anchor="z205" w:history="1">
-        <w:r w:rsidRPr="00686E26">
+        <w:r w:rsidRPr="00996BFA">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Трудовой Кодекс</w:t>
+          <w:t>Еңбек Кодексін</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00686E26">
-[...8 lines deleted...]
-        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
-        <w:r w:rsidRPr="00686E26">
+        <w:r w:rsidRPr="00996BFA">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Об образовании</w:t>
+          <w:t>Білім туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00686E26">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:anchor="z4" w:history="1">
-        <w:r w:rsidRPr="00686E26">
+      <w:hyperlink r:id="rId8" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00996BFA">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>О статусе педагога</w:t>
+          <w:t>Педагог мәртебесі туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00686E26">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:anchor="z33" w:history="1">
-        <w:r w:rsidRPr="00686E26">
+      <w:hyperlink r:id="rId9" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00996BFA">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>О противодействии коррупции</w:t>
+          <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00686E26">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:anchor="z1" w:history="1">
-        <w:r w:rsidRPr="00686E26">
+      <w:hyperlink r:id="rId10" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00996BFA">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>О языках в Республике Казахстан</w:t>
+          <w:t>Қазақстан Республикасындағы тіл туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00686E26">
-[...11 lines deleted...]
-    <w:p w14:paraId="12A6CD27" w14:textId="77777777" w:rsidR="00686E26" w:rsidRPr="00686E26" w:rsidRDefault="00686E26" w:rsidP="00686E26">
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" Заңдарын, білім беруді дамытудың бағыттары мен перспектикваларын айқындайтын мемлекеттік жалпыға міндетті білім беру стандарттарын және басқа да нормативтік құқықтық актілерді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5769A066" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="241913A2" w14:textId="77777777" w:rsidR="00686E26" w:rsidRPr="00686E26" w:rsidRDefault="00686E26" w:rsidP="00686E26">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагогика мен психологияны,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3B5F5F" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="7112E5BF" w14:textId="44211BB9" w:rsidR="00686E26" w:rsidRPr="00686E26" w:rsidRDefault="00686E26" w:rsidP="00686E26">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      пәнді оқыту әдістемесін, тәрбие жұмысын, оқыту құралдарын және олардың дидактикалық мүмкіндіктерін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C66BB9" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="7D04BD8E" w14:textId="77777777" w:rsidR="00686E26" w:rsidRPr="00686E26" w:rsidRDefault="00686E26" w:rsidP="00686E26">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оқу кабинеттері мен қосалқы үй-жайларды жабдықтауға қойылатын талаптарды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311F5221" w14:textId="77777777" w:rsidR="00996BFA" w:rsidRPr="00996BFA" w:rsidRDefault="00996BFA" w:rsidP="00996BFA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...68 lines deleted...]
-    <w:p w14:paraId="13F46A45" w14:textId="135D87F7" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00686E26">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормалары, санитарлық ережелер мен нормаларды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7213F7" w14:textId="482A490B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="000B2F68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...99 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақы мөлшері білім деңгейіне, еңбек өтіліне,біліктілік санатына байланысты: </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="00470491">
-[...23 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0 000 теңгеден 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00470491">
-[...20 lines deleted...]
-    <w:p w14:paraId="229D8D5E" w14:textId="7B94B0DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 000 теңгеге дейін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55749404" w14:textId="7F2175AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00503421">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>желтоқсан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы № 5</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығы негізінде өткізіледі "Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидалары"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745F3A83" w14:textId="1024BAD2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсты өткізу күні мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00503421">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00257F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдар аралығында</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар қаласы № </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...104 lines deleted...]
-    <w:p w14:paraId="240611CF" w14:textId="6F94415D" w:rsidR="00607A21" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақшасы" коммуналдық мемлекеттік қазыналық кәсіпорны, Павлодар қаласы, Вс көшесі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иванова, </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E321F22" w14:textId="1D8AA50A" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Байқау кезеңдері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E140A8" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Конкурс өткізу туралы хабарландыруды жариялау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137A36B0" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) конкурсты өткізу күні мен уақытын айқындау, конкурстық комиссияны қалыптастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5290C69E" w14:textId="6159C43C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұжаттарды қабылдау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17207C95" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) құжаттарды қарау (біліктілік талаптарына сәйкестігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54582A28" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) кандидаттардың балдары бірдей болған жағдайда әңгімелесу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55562C0D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кандидаттың құжаттары қабылданғаннан кейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үш жұмыс күні ішінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық статистика және арнайы есепке алу жөніндегі уәкілетті органға немесе оның аумақтық бөлімшелеріне Сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны туралы мәліметтердің болуы не болмауы туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау салу жіберіледі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық этиканың бұзылуы туралы Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы сапаны қамтамасыз ету комитетіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E4E1A9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны және/немесе педагогикалық әдеп нормаларын бұзғаны туралы мәліметтерді білгеннен кейін педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B202AA" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001CE750" w14:textId="23A5A170" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE29A56" w14:textId="3D23F7F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6347D0E0" w14:textId="3B24BA65" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5524FE5C" w14:textId="1E2C32AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073EF939" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EBC578" w14:textId="27EBDA8E" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11034432" w14:textId="3F688282" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сихоневрологиялық ұйымнан анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455BDD19" w14:textId="313513B2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аркологиялық ұйымнан анықтама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703DE4FE" w14:textId="0D5B2945" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ТБЖ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болса); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1186C71B" w14:textId="3A9B747D" w:rsidR="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) педагогтің бос немесе уақытша бос лауазымына кандидаттың 11-қосымшаға сәйкес нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D0BEB7" w14:textId="18ADF747" w:rsidR="0058040B" w:rsidRPr="0058040B" w:rsidRDefault="0058040B" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...15 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058040B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...219 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) еңбек өтілімі жоқ үміткерлер 15 минуттан кем емес бейнепрезентация дайындау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9120C2" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        3), 4), 5) тармақшаларда көрсетілген құжаттарды жұмыс орнының кадр қызметі немесе білім беру ұйымының жауапты қызметкері мөрмен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA2BD65" w14:textId="564E8D46" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстық тағайындауға қатысу үшін кандидат білім беруді басқару органының қарауына өзінің кәсіби жетістіктері, біліктілігін арттыруы, ғылыми зерттеулері, өзінің педагогикалық тәжірибесін жинақтауы, наградалары туралы материалдарды, тиімділік көрсеткіштеріне қол жеткізу туралы ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E573A7" w14:textId="5C2C27D2" w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00470491" w:rsidRPr="00315FB3">
-[...1195 lines deleted...]
-    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidSect="009B650A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E84E7E"/>
-[...54 lines deleted...]
-    <w:rsid w:val="00FD5443"/>
+    <w:rsidRoot w:val="00927359"/>
+    <w:rsid w:val="00026C6C"/>
+    <w:rsid w:val="000B2F68"/>
+    <w:rsid w:val="000E136E"/>
+    <w:rsid w:val="0012129B"/>
+    <w:rsid w:val="00174629"/>
+    <w:rsid w:val="00257F35"/>
+    <w:rsid w:val="00402B31"/>
+    <w:rsid w:val="004764CC"/>
+    <w:rsid w:val="0047768B"/>
+    <w:rsid w:val="00503421"/>
+    <w:rsid w:val="0058040B"/>
+    <w:rsid w:val="006133CD"/>
+    <w:rsid w:val="00666764"/>
+    <w:rsid w:val="007A7E15"/>
+    <w:rsid w:val="007D0D1C"/>
+    <w:rsid w:val="007E0CF4"/>
+    <w:rsid w:val="00927359"/>
+    <w:rsid w:val="00996BFA"/>
+    <w:rsid w:val="009B650A"/>
+    <w:rsid w:val="00A23B20"/>
+    <w:rsid w:val="00A25445"/>
+    <w:rsid w:val="00A43974"/>
+    <w:rsid w:val="00AE5998"/>
+    <w:rsid w:val="00AF2CBA"/>
+    <w:rsid w:val="00B52021"/>
+    <w:rsid w:val="00BC09FC"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="00E93BE9"/>
+    <w:rsid w:val="00E974D1"/>
+    <w:rsid w:val="00EA3E59"/>
+    <w:rsid w:val="00EF7859"/>
+    <w:rsid w:val="00F5345F"/>
+    <w:rsid w:val="00F60B2A"/>
+    <w:rsid w:val="00F8475B"/>
+    <w:rsid w:val="00FD7043"/>
+    <w:rsid w:val="00FF5024"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="45A1B4D5"/>
-  <w15:docId w15:val="{BC766A03-07D0-4F81-A423-856A0F0874A1}"/>
+  <w14:docId w14:val="006D75FF"/>
+  <w15:docId w15:val="{AA9CDBCF-B3BC-4018-9DC4-90A14F1CBB8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3943,51 +3330,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4170,577 +3557,474 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-[...72 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93BE9"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00686E26"/>
+    <w:rsid w:val="00996BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="127863403">
+    <w:div w:id="931594349">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad23@goo.edu.kz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7281</Characters>
+  <Pages>3</Pages>
+  <Words>1239</Words>
+  <Characters>7067</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8541</CharactersWithSpaces>
+  <CharactersWithSpaces>8290</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Смагулова Ж.А</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>