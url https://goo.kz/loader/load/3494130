--- v0 (2025-12-08)
+++ v1 (2025-12-31)
@@ -1,17720 +1,9874 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003E27E1" w:rsidRPr="00005774" w:rsidRDefault="003E27E1" w:rsidP="00005774">
+    <w:p w:rsidR="00950F37" w:rsidRDefault="00321427" w:rsidP="00D143E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...12 lines deleted...]
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00005774">
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">профильная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дифференцированного обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F3100">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 17 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>конкурс жариялайды</w:t>
-      </w:r>
+        <w:t>учител</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74D43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidR="00D143E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математики с русским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00950F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E33931" w:rsidRPr="00950F37" w:rsidRDefault="00E33931" w:rsidP="001D27AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="336"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7761"/>
+        <w:gridCol w:w="386"/>
+        <w:gridCol w:w="2602"/>
+        <w:gridCol w:w="7326"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00005774" w:rsidRPr="00E90AEB" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00CD5973" w:rsidRDefault="006F3100" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
+            <w:r w:rsidRPr="00CD5973">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD5973">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>профильная школа дифференцированного обучения</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  №17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD5973">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD5973">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> № 17  жалпы орта білім берусаралап оқытатын бейіндік  мектебі</w:t>
-[...11 lines deleted...]
-              <w:t>» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00CD5973">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14000</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">140008, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E30D9">
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5973">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, </w:t>
-[...26 lines deleted...]
-              <w:t>Катаев көшесі 68</w:t>
+              <w:t>Катаева, 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00CD5973">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00CD5973">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>20-08-80</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5973">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>08-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00F54B50" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00F54B50" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00005774" w:rsidRPr="00CD5973" w:rsidRDefault="00005774" w:rsidP="00005774">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00CD5973" w:rsidRDefault="00CD5973" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sosh17@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00620772" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F95A7A" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="00463794" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00590BAF" w:rsidRDefault="00107F1E" w:rsidP="00E90AEB">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00590BAF" w:rsidRDefault="00F95A7A" w:rsidP="001D27AE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00D143E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> математики</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33931">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D27AE" w:rsidRPr="001D27AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>математика</w:t>
-[...33 lines deleted...]
-            <w:r w:rsidR="00E74901">
+              <w:t>16 часов</w:t>
+            </w:r>
+            <w:r w:rsidR="001D27AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00E90AEB" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі атқарымдық міндеттер</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00552535" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады, оған жүктемені бөлу бойынша бекітілген сыныптарда сабақтар мен басқа да оқу сабақтарын өткізеді, сабақ барысында тиісті тәртіп пен тәртіпті қамтамасыз етеді.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+              <w:t>Осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, проводит уроки и другие учебные занятия в закрепленных за ним по распределению учебной нагрузки классах, обеспечивает во время занятий надлежащий порядок и дисциплину.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00552535">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+              </w:rPr>
+              <w:t>Реализует применяемые в образовательные программы в соответствии с учебным планом, собственным поурочным планом и расписанием занятий; использует при этом разнообразные примы, методы и средства обучения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-ОТ және ТБ, өртке қарсы қорғау ережелері мен нормаларын орындайды, білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>Обеспечивает уровень подготовки обучающихся, соответствующий требованиям государственного образовательного стандарта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00552535" w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Басшылықты әрбір жазатайым оқиға туралы жедел хабардар етеді, дәрігерге дейінгі Алғашқы көмек көрсету жөнінде шаралар қабылдайды.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">Выполняет правила и нормы ОТ и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ТБ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00552535" w:rsidRPr="00552535">
+              </w:rPr>
+              <w:t>противопожарной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00552535" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+              </w:rPr>
+              <w:t xml:space="preserve"> защиты, обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00552535" w:rsidRPr="00552535">
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оперативно извещает руководство о каждом несчастном случае, принимает меры </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle16"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+              <w:t>оказанию первой доврачебной помощи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00552535">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+              </w:rPr>
+              <w:t>Вносит предложения по улучшению и оздоровлению условий проведения образовательного процесса, а также доводит до сведения заведующего кабинетом, руководства обо всех недостатках в обеспечении образовательного процесса, снижающих жизнедеятельность и работоспособность организма обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-Белгіленген тәртіппен сынып құжаттамасын жүргізеді, қабылданған жүйе бойынша білім алушылардың сабаққа қатысуы мен үлгеріміне ағымдағы бақылауды жүзеге асырады, білім алушының сынып журналы мен күнделігіне баға қояды, әкімшілікке есепті деректерді уақтылы ұсынады.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>Проводит инструктаж обучающихся но безопасности труда па учебных занятиях с обязательной регистрацией в классном журнале или журнале регистрации инструктажа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00552535" w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Белгіленген тәртіппен білім алушыларды қорытынды аттестаттауға қатысады.</w:t>
-[...4 lines deleted...]
-              <w:ind w:firstLine="708"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+              <w:t>Организует изучение обучающимися правил по охране труда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:rStyle w:val="FontStyle11"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rStyle w:val="FontStyle11"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Осуществляет контроль за соблюдением правил (инструкций) по охране труда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
-              <w:rPr>
-                <w:rStyle w:val="FontStyle11"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rStyle w:val="FontStyle11"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-Жарғы мен ішкі еңбек тәртібінің ережелерін, өзге де жергілікті құқықтық актілерді сақтайды.</w:t>
-[...6 lines deleted...]
-                <w:rStyle w:val="FontStyle11"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rStyle w:val="FontStyle11"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ведет в установленном порядке классную документацию, осуществляет текущий контроль посещаемости и успеваемости обучающихся по принятой в системе, выставляет оценки в классный журнал и дневник обучающегося, своевременно представляет администрации отчетные данные.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Білім алушылардың заңды құқықтары мен бостандықтарын сақтайды.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в установленном порядке в итоговой аттестации обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-Сабақтарды өткізуге дайындалады, өзінің кәсіби біліктілігін жүйелі түрде арттырады, әдістемелік бірлестіктердің қызметіне және В қабылдаған әдістемелік жұмыстың басқа да нысандарына қатысады.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Допускает в установленном порядке на занятия представителей администрации в целях контроля и оценки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>деятельности педагога.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заменяет на уроках временно отсутствующих учителей по распоряжению заместителя директора по УВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает устав и Правила внутреннего трудового распорядка, иные локальные правовые акты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Педагогикалық кеңестің жұмысына және әкімшілік өткізетін кеңестерге қатысады.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает законные права и свободы обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Готовится к проведению занятий, систематически повышает свою профессиональную квалификацию, участвует </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельности методических  объединений и других формах методической работы, принятых в.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Кезекшілік кестесіне сәйкес сабақтар арасындағы үзілістерде, сондай-ақ өз сабақтарының басталуына 20 минут қалғанда және 20 минут ішінде және аяқталуына дейін кезекшілік етеді.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участвует в работе педагогического совета и совещаниях, проводимых администрацией.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Білім алушылардың үлгерімі, сабаққа қатысуы, тәртіптілігі мәселелері бойынша ата-аналармен (оларды алмастыратын адамдармен) тұрақты байланыста болады.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дежурит по в перерывах между занятиями в соответствии с графиком дежурств, а также за 20 минут </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начала </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>течение 20 минут да окончании своих уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Мерзімді медициналық тексеруден өтеді.</w:t>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Поддерживает постоянную связь с родителями (лицами, их заменяющими) по вопросам успеваемости, посещаемости, дисциплины обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD50AA" w:rsidRPr="00BD50AA" w:rsidRDefault="00BD50AA" w:rsidP="00BD50AA">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Мұғалімнің қоғамдық жағдайына сәйкес, күнделікті өмірде, қоғамдық орындарда мінез-құлықтың этикалық нормаларын сақтайды.</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проходит периодические медицинские обследования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00950F37" w:rsidRDefault="00BD50AA" w:rsidP="00950F37">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD50AA">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдает этические нормы поведения в, быту, общественных местах, соответствующие общественному положению учителя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00F54B50" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекақы мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- арнайы орта білім (min): 143947-161724 теңге;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00423E96" w:rsidRDefault="00552535" w:rsidP="00552535">
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="00F8552E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143947-161724</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00423E96" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 177766-205080тенге</w:t>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="00F8552E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>177766-205080</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00AB3BA7" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+          <w:p w:rsidR="00715E75" w:rsidRPr="00F54B50" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003564D6" w:rsidRPr="00423E96" w:rsidRDefault="003564D6" w:rsidP="003564D6">
+          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или высшее образование по соответствующей специальности без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующей специальности без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z3161"/>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 6 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72117" w:rsidRPr="00423E96" w:rsidRDefault="00F72117" w:rsidP="00F72117">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z3162"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...606 lines deleted...]
-          <w:p w:rsidR="003564D6" w:rsidRPr="00552535" w:rsidRDefault="003564D6" w:rsidP="003564D6">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00423E96">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3-4 лет, для педагога-эксперта – не менее 4-5 лет, педагога-исследователя не менее 5-6 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00423E96" w:rsidRDefault="00B1578A" w:rsidP="00F72117">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...295 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
-[...480 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00E90AEB" w:rsidP="00005774">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001D27AE" w:rsidRDefault="001D27AE" w:rsidP="00B44934">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D27AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>25.08.2023 – 05.09.2023 ж</w:t>
-[...20 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>25.08.2023 – 05.09.2023 г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00E90AEB" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00F54B50" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="004A66DF" w:rsidRDefault="00FE320D" w:rsidP="00FE320D">
+          <w:p w:rsidR="00A559D1" w:rsidRDefault="00A559D1" w:rsidP="00A559D1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRDefault="00A559D1" w:rsidP="00A559D1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00483572">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых д</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>окументов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRDefault="00A559D1" w:rsidP="00A559D1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRDefault="00A559D1" w:rsidP="00A559D1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRDefault="00A559D1" w:rsidP="00A559D1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копию документа, подтверждающую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRDefault="00A559D1" w:rsidP="00A559D1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>утвержденной </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z4" w:history="1">
+              <w:r w:rsidRPr="00D26903">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRDefault="00A559D1" w:rsidP="00A559D1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRDefault="00A559D1" w:rsidP="00A559D1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26903">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950F37" w:rsidRPr="00950F37" w:rsidRDefault="00950F37" w:rsidP="00950F37">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) </w:t>
-[...162 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00FD2409" w:rsidRDefault="00FE320D" w:rsidP="00FE320D">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950F37" w:rsidRPr="00950F37" w:rsidRDefault="00950F37" w:rsidP="00950F37">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке</w:t>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>басты</w:t>
+              <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>куәландыратын</w:t>
+              <w:t>English</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>құжат</w:t>
+              <w:t>Language</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>немесе</w:t>
+              <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>цифрлық</w:t>
+              <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>құжаттар</w:t>
+              <w:t>Adults</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сервисінен</w:t>
+              <w:t>айелтс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>электрондық</w:t>
+              <w:t>тойфл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>құжат</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004A66DF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сәйкестендіру</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>үшін</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00FD2409" w:rsidRDefault="00FE320D" w:rsidP="00FE320D">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950F37" w:rsidRPr="00950F37" w:rsidRDefault="00950F37" w:rsidP="00950F37">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve">3) </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A66DF">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>кадрларды</w:t>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...321 lines deleted...]
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00FD2409" w:rsidRDefault="00FE320D" w:rsidP="00FE320D">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00950F37" w:rsidRPr="00950F37" w:rsidRDefault="00950F37" w:rsidP="00950F37">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...224 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>құжаттардың</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A559D1" w:rsidRDefault="00950F37" w:rsidP="00950F37">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>көшірмелері</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...5 lines deleted...]
-                <w:b/>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1573 lines deleted...]
-                <w:b/>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00950F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00F54B50" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазым мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="002837ED" w:rsidP="003E09D3">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00F54B50" w:rsidRDefault="00F54B50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00112265">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбек шартына сәйкес</w:t>
+              <w:t>Согласно трудового договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00423E96" w:rsidRDefault="00423E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRPr="004D07D1" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
-[...98 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="5444" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE320D" w:rsidRPr="00E90AEB" w:rsidTr="00C56D26">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="005F2DBC" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...295 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00907D1E" w:rsidRDefault="00907D1E" w:rsidP="001D27AE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00907D1E" w:rsidRDefault="00907D1E" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00FE320D" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00B350B0" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B350B0">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B350B0">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="005069F6">
-      <w:pPr>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B350B0">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F72117">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F72117">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="005069F6">
-      <w:pPr>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B350B0">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(Кандидаттың Т. А. Ә, (бар болса), ЖСН)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F72117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0044752F">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0044752F">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...25 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B350B0">
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="005069F6">
-[...58 lines deleted...]
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="005069F6">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
-        <w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B350B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені бос/уақытша бос орынға </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурсқа жіберуіңізді сұраймын </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B350B0">
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ла</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>уазымдар (қажеттінің астын сызу)</w:t>
-[...29 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
-        <w:rPr>
-[...91 lines deleted...]
-      <w:r w:rsidRPr="002A695B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
-[...16 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="002A695B" w:rsidRDefault="005069F6" w:rsidP="005069F6">
-[...120 lines deleted...]
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2037"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3153"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005069F6" w:rsidRPr="00FD2409" w:rsidTr="003E09D3">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005069F6" w:rsidRPr="00FD2409" w:rsidRDefault="005069F6" w:rsidP="003E09D3">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B350B0">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005069F6" w:rsidRPr="00B350B0" w:rsidRDefault="005069F6" w:rsidP="003E09D3">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B350B0">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Атауы</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>оқуорнының</w:t>
+              <w:t>учебногозаведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005069F6" w:rsidRPr="00FD2409" w:rsidRDefault="005069F6" w:rsidP="003E09D3">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B350B0">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқукезеңі</w:t>
+              <w:t>Периодобучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005069F6" w:rsidRPr="00B350B0" w:rsidRDefault="005069F6" w:rsidP="003E09D3">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00B350B0">
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ипломбойынша</w:t>
-[...7 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B350B0">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>амандығы</w:t>
+              <w:t>подиплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005069F6" w:rsidRPr="00FD2409" w:rsidTr="003E09D3">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005069F6" w:rsidRPr="00FD2409" w:rsidRDefault="005069F6" w:rsidP="003E09D3">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005069F6" w:rsidRPr="00FD2409" w:rsidRDefault="005069F6" w:rsidP="003E09D3">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005069F6" w:rsidRPr="00FD2409" w:rsidRDefault="005069F6" w:rsidP="003E09D3">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005069F6" w:rsidRPr="00FD2409" w:rsidRDefault="005069F6" w:rsidP="003E09D3">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0056519D">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Біліктіліксанатыныңболуы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0056519D">
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0056519D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>берілген</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0056519D">
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0056519D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>расталғанкүні</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0056519D">
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0056519D">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_____________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="0044752F" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0044752F">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00321427" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="00790B31" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRPr="0056519D" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+    <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...359 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="5444" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE320D" w:rsidRPr="00E90AEB" w:rsidTr="00C56D26">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidTr="004B772A">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...285 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00301843" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...4 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00FE320D">
+    <w:p w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B695E" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3023D" w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>отчество(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="005069F6">
-[...112 lines deleted...]
-    <w:p w:rsidR="005069F6" w:rsidRDefault="00FE320D" w:rsidP="005069F6">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10080" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="944"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="3645"/>
+        <w:gridCol w:w="14"/>
+        <w:gridCol w:w="13"/>
+        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidTr="00C56D26">
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE324A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
+        <w:trPr>
+          <w:trHeight w:val="1823"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...67 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidTr="00C56D26">
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...14 lines deleted...]
-              <w:t>1.</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...140 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...252 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidTr="00C56D26">
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...14 lines deleted...]
-              <w:t>2.</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...125 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidTr="00C56D26">
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...14 lines deleted...]
-              <w:t>3.</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...14 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> - 5 балл</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidTr="00C56D26">
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...14 lines deleted...]
-              <w:t>4.</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>Екінші</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...16 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>Бірінші</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE324A">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE324A">
-[...177 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...63 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidTr="00C56D26">
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...14 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...125 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3435" w:type="dxa"/>
+            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="871" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3692" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidTr="00EC1042">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2565" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...358 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C74A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="6664" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE320D" w:rsidRPr="00AE324A" w:rsidRDefault="00FE320D" w:rsidP="00C56D26">
-[...6232 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A559D1" w:rsidRPr="005C74A0" w:rsidRDefault="00A559D1" w:rsidP="00EC1042">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003E27E1" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
@@ -18529,50 +10683,140 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E7E3611"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4465688"/>
+    <w:lvl w:ilvl="0" w:tplc="A25E7DB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -18636,809 +10880,802 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
-    <w:rsid w:val="00005774"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
-    <w:rsid w:val="00107F1E"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00166D46"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D27AE"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
-    <w:rsid w:val="00241A1E"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
-    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D493B"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
+    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="003564D6"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
-    <w:rsid w:val="003C1868"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D5748"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="0051667A"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00552535"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D4A9A"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
-    <w:rsid w:val="00620772"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F3100"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="0073010B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
-    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
-    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4A53"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007D55DF"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00822590"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="008549CB"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="0086791A"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
-    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
-    <w:rsid w:val="009123EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
-    <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B45C50"/>
+    <w:rsid w:val="00B44934"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
+    <w:rsid w:val="00BD693A"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
-    <w:rsid w:val="00C66DCB"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD5973"/>
+    <w:rsid w:val="00CE2F89"/>
+    <w:rsid w:val="00CF398A"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
+    <w:rsid w:val="00D143E5"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D24ACD"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
-    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D74D43"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
-    <w:rsid w:val="00E74901"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
-    <w:rsid w:val="00E90AEB"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
-    <w:rsid w:val="00E96367"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC007E"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F10F92"/>
+    <w:rsid w:val="00F06293"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F53841"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
+    <w:rsid w:val="00F95A7A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE320D"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3C54A522"/>
-  <w15:docId w15:val="{23A37F25-F275-4536-A05C-50DF0BEBC26C}"/>
+  <w14:docId w14:val="07B4523C"/>
+  <w15:docId w15:val="{06C9EC5D-D5DD-47C4-99BC-2DCA1A2DC2C1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19791,51 +12028,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AD497F"/>
+    <w:rsid w:val="0064541A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -19979,112 +12216,122 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005069F6"/>
+    <w:rsid w:val="00A559D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1823891178">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20335,78 +12582,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5EEEA4C-F26C-44F3-A819-0D2EA8726E40}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{553480CC-99D9-4AF4-AC4B-521C8CD3D772}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>13224</Characters>
+  <Pages>1</Pages>
+  <Words>2374</Words>
+  <Characters>13536</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
+  <Lines>112</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15512</CharactersWithSpaces>
+  <CharactersWithSpaces>15879</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>